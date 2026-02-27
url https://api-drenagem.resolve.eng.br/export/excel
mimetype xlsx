--- v0 (2026-01-10)
+++ v1 (2026-02-27)
@@ -525,51 +525,51 @@
       <c r="B7" t="n">
         <v>0.013</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>min_diameter</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>400</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:T237"/>
+  <dimension ref="A1:T75"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Trecho (Grupo)</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>PV Mont.</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
@@ -638,16995 +638,5369 @@
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>D.Com (mm)</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>V (m/s)</t>
         </is>
       </c>
       <c r="S1" s="1" t="inlineStr">
         <is>
           <t>Cap (l/s)</t>
         </is>
       </c>
       <c r="T1" s="1" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 87</t>
+          <t>1.500 mm Concrete Pipe- 325</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>PV102</t>
+          <t>PV1</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>PV103</t>
+          <t>PV2</t>
         </is>
       </c>
       <c r="E2" t="n">
-        <v>12.21</v>
+        <v>22.22</v>
       </c>
       <c r="F2" t="n">
-        <v>12.8</v>
+        <v>22.15</v>
       </c>
       <c r="G2" t="n">
-        <v>50</v>
+        <v>47.85</v>
       </c>
       <c r="H2" t="n">
-        <v>-1.18</v>
+        <v>0.14</v>
       </c>
       <c r="I2" t="n">
-        <v>0.4749</v>
+        <v>0</v>
       </c>
       <c r="J2" t="n">
-        <v>0.4749</v>
+        <v>0</v>
       </c>
       <c r="K2" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L2" t="n">
         <v>10</v>
       </c>
       <c r="M2" t="n">
         <v>10</v>
       </c>
       <c r="N2" t="n">
         <v>139.2</v>
       </c>
       <c r="O2" t="n">
-        <v>91.81999999999999</v>
+        <v>0</v>
       </c>
       <c r="P2" t="n">
-        <v>453</v>
+        <v>0</v>
       </c>
       <c r="Q2" t="n">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="R2" t="n">
-        <v>0.47</v>
+        <v>0</v>
       </c>
       <c r="S2" t="n">
-        <v>119.41</v>
+        <v>77.59</v>
       </c>
       <c r="T2" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 88</t>
+          <t>1.500 mm Concrete Pipe- 326</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>PV103</t>
+          <t>PV2</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>PV64</t>
+          <t>PV3</t>
         </is>
       </c>
       <c r="E3" t="n">
-        <v>12.8</v>
+        <v>22.15</v>
       </c>
       <c r="F3" t="n">
-        <v>12.59</v>
+        <v>20.86</v>
       </c>
       <c r="G3" t="n">
-        <v>11.57</v>
+        <v>50</v>
       </c>
       <c r="H3" t="n">
-        <v>1.78</v>
+        <v>2.58</v>
       </c>
       <c r="I3" t="n">
-        <v>0.3678</v>
+        <v>0</v>
       </c>
       <c r="J3" t="n">
-        <v>0.8427</v>
+        <v>0</v>
       </c>
       <c r="K3" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L3" t="n">
         <v>10</v>
       </c>
       <c r="M3" t="n">
-        <v>11.78</v>
+        <v>17.97</v>
       </c>
       <c r="N3" t="n">
-        <v>130.76</v>
+        <v>108.97</v>
       </c>
       <c r="O3" t="n">
-        <v>153.06</v>
+        <v>0</v>
       </c>
       <c r="P3" t="n">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="Q3" t="n">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="R3" t="n">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="S3" t="n">
-        <v>504.02</v>
+        <v>334.33</v>
       </c>
       <c r="T3" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 1310 (1)</t>
+          <t>1.500 mm Concrete Pipe- 334</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>PV330</t>
+          <t>PV3</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>PV313</t>
+          <t>PV9</t>
         </is>
       </c>
       <c r="E4" t="n">
-        <v>10.69</v>
+        <v>20.86</v>
       </c>
       <c r="F4" t="n">
-        <v>10.8</v>
+        <v>19.8</v>
       </c>
       <c r="G4" t="n">
-        <v>44.58</v>
+        <v>27.65</v>
       </c>
       <c r="H4" t="n">
-        <v>-0.25</v>
+        <v>3.84</v>
       </c>
       <c r="I4" t="n">
         <v>0</v>
       </c>
       <c r="J4" t="n">
         <v>0</v>
       </c>
       <c r="K4" t="n">
         <v>0.6</v>
       </c>
       <c r="L4" t="n">
         <v>10</v>
       </c>
       <c r="M4" t="n">
-        <v>10</v>
+        <v>26.31</v>
       </c>
       <c r="N4" t="n">
-        <v>139.2</v>
+        <v>90.23</v>
       </c>
       <c r="O4" t="n">
         <v>0</v>
       </c>
       <c r="P4" t="n">
         <v>0</v>
       </c>
       <c r="Q4" t="n">
         <v>400</v>
       </c>
       <c r="R4" t="n">
         <v>0</v>
       </c>
       <c r="S4" t="n">
-        <v>65.86</v>
+        <v>408.29</v>
       </c>
       <c r="T4" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 1310</t>
+          <t>400 mm Concrete Pipe- 1012</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>PV330</t>
+          <t>PV143</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>PV313</t>
+          <t>PV144</t>
         </is>
       </c>
       <c r="E5" t="n">
-        <v>10.69</v>
+        <v>32.6</v>
       </c>
       <c r="F5" t="n">
-        <v>10.8</v>
+        <v>32.54</v>
       </c>
       <c r="G5" t="n">
-        <v>44.58</v>
+        <v>30.24</v>
       </c>
       <c r="H5" t="n">
-        <v>-0.25</v>
+        <v>0.21</v>
       </c>
       <c r="I5" t="n">
-        <v>0</v>
+        <v>1.5054</v>
       </c>
       <c r="J5" t="n">
-        <v>0</v>
+        <v>1.5054</v>
       </c>
       <c r="K5" t="n">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="L5" t="n">
         <v>10</v>
       </c>
       <c r="M5" t="n">
         <v>10</v>
       </c>
       <c r="N5" t="n">
         <v>139.2</v>
       </c>
       <c r="O5" t="n">
-        <v>0</v>
+        <v>291.05</v>
       </c>
       <c r="P5" t="n">
-        <v>0</v>
+        <v>607</v>
       </c>
       <c r="Q5" t="n">
-        <v>400</v>
+        <v>800</v>
       </c>
       <c r="R5" t="n">
-        <v>0</v>
+        <v>0.58</v>
       </c>
       <c r="S5" t="n">
-        <v>65.86</v>
+        <v>607.46</v>
       </c>
       <c r="T5" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 464 (1)</t>
+          <t>1.500 mm Concrete Pipe- 330</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>PV265</t>
+          <t>PV6</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>PV107</t>
+          <t>PV7</t>
         </is>
       </c>
       <c r="E6" t="n">
-        <v>14.65</v>
+        <v>19.58</v>
       </c>
       <c r="F6" t="n">
-        <v>14.22</v>
+        <v>18.55</v>
       </c>
       <c r="G6" t="n">
-        <v>12.92</v>
+        <v>50</v>
       </c>
       <c r="H6" t="n">
-        <v>3.34</v>
+        <v>2.06</v>
       </c>
       <c r="I6" t="n">
         <v>0</v>
       </c>
       <c r="J6" t="n">
         <v>0</v>
       </c>
       <c r="K6" t="n">
         <v>0.6</v>
       </c>
       <c r="L6" t="n">
         <v>10</v>
       </c>
       <c r="M6" t="n">
         <v>10</v>
       </c>
       <c r="N6" t="n">
         <v>139.2</v>
       </c>
       <c r="O6" t="n">
         <v>0</v>
       </c>
       <c r="P6" t="n">
         <v>0</v>
       </c>
       <c r="Q6" t="n">
         <v>400</v>
       </c>
       <c r="R6" t="n">
         <v>0</v>
       </c>
       <c r="S6" t="n">
-        <v>380.43</v>
+        <v>299.21</v>
       </c>
       <c r="T6" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>3.000 x 1.500 mm Concrete Box Culvert- 1040</t>
+          <t>800 mm Concrete Pipe- 973</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>PV55</t>
+          <t>PV136</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>PV56</t>
+          <t>PV34</t>
         </is>
       </c>
       <c r="E7" t="n">
-        <v>15.74</v>
+        <v>15.47</v>
       </c>
       <c r="F7" t="n">
-        <v>15.33</v>
+        <v>15.52</v>
       </c>
       <c r="G7" t="n">
-        <v>46.72</v>
+        <v>11.76</v>
       </c>
       <c r="H7" t="n">
-        <v>0.89</v>
+        <v>-0.47</v>
       </c>
       <c r="I7" t="n">
-        <v>0</v>
+        <v>0.7859</v>
       </c>
       <c r="J7" t="n">
-        <v>0</v>
+        <v>0.7859</v>
       </c>
       <c r="K7" t="n">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="L7" t="n">
         <v>10</v>
       </c>
       <c r="M7" t="n">
         <v>10</v>
       </c>
       <c r="N7" t="n">
         <v>139.2</v>
       </c>
       <c r="O7" t="n">
-        <v>0</v>
+        <v>151.96</v>
       </c>
       <c r="P7" t="n">
-        <v>0</v>
+        <v>547</v>
       </c>
       <c r="Q7" t="n">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="R7" t="n">
-        <v>0</v>
+        <v>0.54</v>
       </c>
       <c r="S7" t="n">
-        <v>196.46</v>
+        <v>194.18</v>
       </c>
       <c r="T7" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>3.000 x 1.500 mm Concrete Box Culvert- 497</t>
+          <t>400 mm Concrete Pipe- 1006</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>PV55</t>
+          <t>CI7</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>PV56</t>
+          <t>CI8</t>
         </is>
       </c>
       <c r="E8" t="n">
-        <v>15.74</v>
+        <v>20.68</v>
       </c>
       <c r="F8" t="n">
-        <v>15.33</v>
+        <v>20.47</v>
       </c>
       <c r="G8" t="n">
-        <v>46.72</v>
+        <v>13.34</v>
       </c>
       <c r="H8" t="n">
-        <v>0.89</v>
+        <v>1.64</v>
       </c>
       <c r="I8" t="n">
         <v>0</v>
       </c>
       <c r="J8" t="n">
         <v>0</v>
       </c>
       <c r="K8" t="n">
         <v>0.6</v>
       </c>
       <c r="L8" t="n">
         <v>10</v>
       </c>
       <c r="M8" t="n">
         <v>10</v>
       </c>
       <c r="N8" t="n">
         <v>139.2</v>
       </c>
       <c r="O8" t="n">
         <v>0</v>
       </c>
       <c r="P8" t="n">
         <v>0</v>
       </c>
       <c r="Q8" t="n">
         <v>400</v>
       </c>
       <c r="R8" t="n">
         <v>0</v>
       </c>
       <c r="S8" t="n">
-        <v>196.46</v>
+        <v>266.45</v>
       </c>
       <c r="T8" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1270</t>
+          <t>800 mm Concrete Pipe- 990</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>PV265</t>
+          <t>PV152</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>PV107</t>
+          <t>PV43</t>
         </is>
       </c>
       <c r="E9" t="n">
-        <v>14.65</v>
+        <v>15.99</v>
       </c>
       <c r="F9" t="n">
-        <v>14.22</v>
+        <v>16.13</v>
       </c>
       <c r="G9" t="n">
-        <v>12.92</v>
+        <v>14.53</v>
       </c>
       <c r="H9" t="n">
-        <v>3.34</v>
+        <v>-0.98</v>
       </c>
       <c r="I9" t="n">
-        <v>0</v>
+        <v>0.8554</v>
       </c>
       <c r="J9" t="n">
-        <v>0</v>
+        <v>0.8554</v>
       </c>
       <c r="K9" t="n">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="L9" t="n">
         <v>10</v>
       </c>
       <c r="M9" t="n">
         <v>10</v>
       </c>
       <c r="N9" t="n">
         <v>139.2</v>
       </c>
       <c r="O9" t="n">
-        <v>0</v>
+        <v>165.38</v>
       </c>
       <c r="P9" t="n">
-        <v>0</v>
+        <v>565</v>
       </c>
       <c r="Q9" t="n">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="R9" t="n">
-        <v>0</v>
+        <v>0.58</v>
       </c>
       <c r="S9" t="n">
-        <v>380.43</v>
+        <v>194.18</v>
       </c>
       <c r="T9" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>3.000 x 1.500 mm Concrete Box Culvert- 1058</t>
+          <t>800 mm Concrete Pipe- 1024</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>PV71</t>
+          <t>PV18</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>88</t>
+          <t>PV212</t>
         </is>
       </c>
       <c r="E10" t="n">
-        <v>14.8</v>
+        <v>28</v>
       </c>
       <c r="F10" t="n">
-        <v>15.47</v>
+        <v>27.1</v>
       </c>
       <c r="G10" t="n">
-        <v>28.64</v>
+        <v>16.55</v>
       </c>
       <c r="H10" t="n">
-        <v>-2.34</v>
+        <v>5.43</v>
       </c>
       <c r="I10" t="n">
-        <v>0.2947</v>
+        <v>0</v>
       </c>
       <c r="J10" t="n">
-        <v>0.2947</v>
+        <v>0</v>
       </c>
       <c r="K10" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L10" t="n">
         <v>10</v>
       </c>
       <c r="M10" t="n">
         <v>10</v>
       </c>
       <c r="N10" t="n">
         <v>139.2</v>
       </c>
       <c r="O10" t="n">
-        <v>56.97</v>
+        <v>0</v>
       </c>
       <c r="P10" t="n">
-        <v>379</v>
+        <v>0</v>
       </c>
       <c r="Q10" t="n">
         <v>400</v>
       </c>
       <c r="R10" t="n">
-        <v>0.45</v>
+        <v>0</v>
       </c>
       <c r="S10" t="n">
-        <v>65.86</v>
+        <v>485.34</v>
       </c>
       <c r="T10" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>3.000 x 1.500 mm Concrete Box Culvert- 511</t>
+          <t>400 mm Concrete Pipe- 1072</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>PV71</t>
+          <t>PV153</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>88</t>
+          <t>PV52</t>
         </is>
       </c>
       <c r="E11" t="n">
         <v>14.8</v>
       </c>
       <c r="F11" t="n">
-        <v>15.47</v>
+        <v>13.8</v>
       </c>
       <c r="G11" t="n">
-        <v>28.64</v>
+        <v>32.94</v>
       </c>
       <c r="H11" t="n">
-        <v>-2.34</v>
+        <v>3.04</v>
       </c>
       <c r="I11" t="n">
-        <v>0.2947</v>
+        <v>0</v>
       </c>
       <c r="J11" t="n">
-        <v>0.2947</v>
+        <v>0</v>
       </c>
       <c r="K11" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L11" t="n">
         <v>10</v>
       </c>
       <c r="M11" t="n">
         <v>10</v>
       </c>
       <c r="N11" t="n">
         <v>139.2</v>
       </c>
       <c r="O11" t="n">
-        <v>56.97</v>
+        <v>0</v>
       </c>
       <c r="P11" t="n">
-        <v>379</v>
+        <v>0</v>
       </c>
       <c r="Q11" t="n">
         <v>400</v>
       </c>
       <c r="R11" t="n">
-        <v>0.45</v>
+        <v>0</v>
       </c>
       <c r="S11" t="n">
-        <v>65.86</v>
+        <v>362.88</v>
       </c>
       <c r="T11" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 1320</t>
+          <t>600 mm Concrete Pipe- 1014</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>PV314</t>
-[...2 lines deleted...]
-      <c r="D12" t="inlineStr"/>
+          <t>PV145</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>PV13</t>
+        </is>
+      </c>
       <c r="E12" t="n">
-        <v>10.8</v>
-[...1 lines deleted...]
-      <c r="F12" t="inlineStr"/>
+        <v>32.77</v>
+      </c>
+      <c r="F12" t="n">
+        <v>32.26</v>
+      </c>
       <c r="G12" t="n">
-        <v>0</v>
+        <v>54.54</v>
       </c>
       <c r="H12" t="n">
-        <v>0</v>
+        <v>0.95</v>
       </c>
       <c r="I12" t="n">
         <v>0</v>
       </c>
       <c r="J12" t="n">
         <v>0</v>
       </c>
       <c r="K12" t="n">
         <v>0.6</v>
       </c>
       <c r="L12" t="n">
         <v>10</v>
       </c>
       <c r="M12" t="n">
         <v>10</v>
       </c>
       <c r="N12" t="n">
         <v>139.2</v>
       </c>
       <c r="O12" t="n">
         <v>0</v>
       </c>
       <c r="P12" t="n">
         <v>0</v>
       </c>
       <c r="Q12" t="n">
         <v>400</v>
       </c>
       <c r="R12" t="n">
         <v>0</v>
       </c>
       <c r="S12" t="n">
-        <v>65.86</v>
+        <v>202.67</v>
       </c>
       <c r="T12" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 462</t>
+          <t>800 mm Concrete Pipe- 1024 (1)</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>PV104</t>
+          <t>PV212</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>PV263</t>
+          <t>PV19</t>
         </is>
       </c>
       <c r="E13" t="n">
-        <v>11.56</v>
+        <v>27.1</v>
       </c>
       <c r="F13" t="n">
-        <v>13.49</v>
+        <v>26.04</v>
       </c>
       <c r="G13" t="n">
-        <v>39.58</v>
+        <v>33.45</v>
       </c>
       <c r="H13" t="n">
-        <v>-4.88</v>
+        <v>3.16</v>
       </c>
       <c r="I13" t="n">
         <v>0</v>
       </c>
       <c r="J13" t="n">
         <v>0</v>
       </c>
       <c r="K13" t="n">
         <v>0.6</v>
       </c>
       <c r="L13" t="n">
         <v>10</v>
       </c>
       <c r="M13" t="n">
-        <v>10</v>
+        <v>12.76</v>
       </c>
       <c r="N13" t="n">
-        <v>139.2</v>
+        <v>126.64</v>
       </c>
       <c r="O13" t="n">
         <v>0</v>
       </c>
       <c r="P13" t="n">
         <v>0</v>
       </c>
       <c r="Q13" t="n">
         <v>400</v>
       </c>
       <c r="R13" t="n">
         <v>0</v>
       </c>
       <c r="S13" t="n">
-        <v>65.86</v>
+        <v>370.49</v>
       </c>
       <c r="T13" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 462 (1)</t>
+          <t>400 mm Concrete Pipe- 1074</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>PV263</t>
+          <t>PV53</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>PV105</t>
+          <t>CI14</t>
         </is>
       </c>
       <c r="E14" t="n">
-        <v>13.49</v>
+        <v>14.25</v>
       </c>
       <c r="F14" t="n">
-        <v>13.89</v>
+        <v>15.15</v>
       </c>
       <c r="G14" t="n">
-        <v>10.44</v>
+        <v>19.88</v>
       </c>
       <c r="H14" t="n">
-        <v>-3.78</v>
+        <v>-4.54</v>
       </c>
       <c r="I14" t="n">
-        <v>0.9046999999999999</v>
+        <v>0</v>
       </c>
       <c r="J14" t="n">
-        <v>0.9046999999999999</v>
+        <v>0</v>
       </c>
       <c r="K14" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L14" t="n">
         <v>10</v>
       </c>
       <c r="M14" t="n">
-        <v>16.6</v>
+        <v>10</v>
       </c>
       <c r="N14" t="n">
-        <v>113.05</v>
+        <v>139.2</v>
       </c>
       <c r="O14" t="n">
-        <v>142.05</v>
+        <v>0</v>
       </c>
       <c r="P14" t="n">
-        <v>534</v>
+        <v>0</v>
       </c>
       <c r="Q14" t="n">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="R14" t="n">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="S14" t="n">
-        <v>194.18</v>
+        <v>65.86</v>
       </c>
       <c r="T14" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 463</t>
+          <t>800 mm Concrete Pipe- 967</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>PV105</t>
+          <t>TRECHO1 (3)</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>PV264</t>
+          <t>PV135</t>
         </is>
       </c>
       <c r="E15" t="n">
-        <v>13.89</v>
+        <v>17.83</v>
       </c>
       <c r="F15" t="n">
-        <v>14.84</v>
+        <v>17.65</v>
       </c>
       <c r="G15" t="n">
-        <v>14.23</v>
+        <v>14.61</v>
       </c>
       <c r="H15" t="n">
-        <v>-6.72</v>
+        <v>1.22</v>
       </c>
       <c r="I15" t="n">
         <v>0</v>
       </c>
       <c r="J15" t="n">
-        <v>0.9046999999999999</v>
+        <v>0</v>
       </c>
       <c r="K15" t="n">
         <v>0.6</v>
       </c>
       <c r="L15" t="n">
         <v>10</v>
       </c>
       <c r="M15" t="n">
-        <v>16.94</v>
+        <v>10</v>
       </c>
       <c r="N15" t="n">
-        <v>111.99</v>
+        <v>139.2</v>
       </c>
       <c r="O15" t="n">
-        <v>168.87</v>
+        <v>0</v>
       </c>
       <c r="P15" t="n">
-        <v>569</v>
+        <v>0</v>
       </c>
       <c r="Q15" t="n">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="R15" t="n">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="S15" t="n">
-        <v>194.18</v>
+        <v>229.97</v>
       </c>
       <c r="T15" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 463 (1)</t>
+          <t>400 mm Concrete Pipe- 1004</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>PV264</t>
+          <t>PV140</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>PV106</t>
+          <t>PV10</t>
         </is>
       </c>
       <c r="E16" t="n">
-        <v>14.84</v>
+        <v>19.89</v>
       </c>
       <c r="F16" t="n">
-        <v>15.8</v>
+        <v>19.15</v>
       </c>
       <c r="G16" t="n">
-        <v>35.74</v>
+        <v>22.14</v>
       </c>
       <c r="H16" t="n">
-        <v>-2.67</v>
+        <v>3.34</v>
       </c>
       <c r="I16" t="n">
         <v>0</v>
       </c>
       <c r="J16" t="n">
-        <v>0.9046999999999999</v>
+        <v>0</v>
       </c>
       <c r="K16" t="n">
         <v>0.6</v>
       </c>
       <c r="L16" t="n">
         <v>10</v>
       </c>
       <c r="M16" t="n">
-        <v>17.34</v>
+        <v>10</v>
       </c>
       <c r="N16" t="n">
-        <v>110.8</v>
+        <v>139.2</v>
       </c>
       <c r="O16" t="n">
-        <v>167.08</v>
+        <v>0</v>
       </c>
       <c r="P16" t="n">
-        <v>567</v>
+        <v>0</v>
       </c>
       <c r="Q16" t="n">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="R16" t="n">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="S16" t="n">
-        <v>194.18</v>
+        <v>380.88</v>
       </c>
       <c r="T16" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 464</t>
+          <t>600 mm Concrete Pipe- 1064</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>PV106</t>
+          <t>PV138</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>PV265</t>
+          <t>CI5</t>
         </is>
       </c>
       <c r="E17" t="n">
-        <v>15.8</v>
+        <v>15.52</v>
       </c>
       <c r="F17" t="n">
-        <v>14.65</v>
+        <v>15.42</v>
       </c>
       <c r="G17" t="n">
-        <v>42.93</v>
+        <v>13.5</v>
       </c>
       <c r="H17" t="n">
-        <v>2.68</v>
+        <v>0.75</v>
       </c>
       <c r="I17" t="n">
-        <v>0.9618</v>
+        <v>0</v>
       </c>
       <c r="J17" t="n">
-        <v>1.8664</v>
+        <v>0</v>
       </c>
       <c r="K17" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L17" t="n">
         <v>10</v>
       </c>
       <c r="M17" t="n">
-        <v>18.35</v>
+        <v>10</v>
       </c>
       <c r="N17" t="n">
-        <v>107.93</v>
+        <v>139.2</v>
       </c>
       <c r="O17" t="n">
-        <v>279.8</v>
+        <v>0</v>
       </c>
       <c r="P17" t="n">
-        <v>371</v>
+        <v>0</v>
       </c>
       <c r="Q17" t="n">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="R17" t="n">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="S17" t="n">
-        <v>1005.89</v>
+        <v>180.69</v>
       </c>
       <c r="T17" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 465</t>
+          <t>400 mm Concrete Pipe- 1003</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>PV107</t>
+          <t>CI8</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>PV266</t>
+          <t>PV140</t>
         </is>
       </c>
       <c r="E18" t="n">
-        <v>14.22</v>
+        <v>20.47</v>
       </c>
       <c r="F18" t="n">
-        <v>13.8</v>
+        <v>19.89</v>
       </c>
       <c r="G18" t="n">
-        <v>17.39</v>
+        <v>17.25</v>
       </c>
       <c r="H18" t="n">
-        <v>2.4</v>
+        <v>3.33</v>
       </c>
       <c r="I18" t="n">
-        <v>1.0593</v>
+        <v>0</v>
       </c>
       <c r="J18" t="n">
-        <v>1.0593</v>
+        <v>0</v>
       </c>
       <c r="K18" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L18" t="n">
         <v>10</v>
       </c>
       <c r="M18" t="n">
-        <v>12.15</v>
+        <v>12.22</v>
       </c>
       <c r="N18" t="n">
-        <v>129.15</v>
+        <v>128.86</v>
       </c>
       <c r="O18" t="n">
-        <v>190.03</v>
+        <v>0</v>
       </c>
       <c r="P18" t="n">
-        <v>328</v>
+        <v>0</v>
       </c>
       <c r="Q18" t="n">
         <v>400</v>
       </c>
       <c r="R18" t="n">
-        <v>1.51</v>
+        <v>0</v>
       </c>
       <c r="S18" t="n">
-        <v>322.42</v>
+        <v>379.81</v>
       </c>
       <c r="T18" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 465 (1)</t>
+          <t>800 mm Concrete Pipe- 1026</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>PV266</t>
+          <t>PV20</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>PV108</t>
+          <t>PV21</t>
         </is>
       </c>
       <c r="E19" t="n">
-        <v>13.8</v>
+        <v>24.52</v>
       </c>
       <c r="F19" t="n">
-        <v>13.77</v>
+        <v>23.72</v>
       </c>
       <c r="G19" t="n">
-        <v>42.02</v>
+        <v>50</v>
       </c>
       <c r="H19" t="n">
-        <v>0.06</v>
+        <v>1.6</v>
       </c>
       <c r="I19" t="n">
-        <v>0.8532</v>
+        <v>0</v>
       </c>
       <c r="J19" t="n">
-        <v>1.9125</v>
+        <v>0</v>
       </c>
       <c r="K19" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L19" t="n">
         <v>10</v>
       </c>
       <c r="M19" t="n">
-        <v>12.35</v>
+        <v>10</v>
       </c>
       <c r="N19" t="n">
-        <v>128.34</v>
+        <v>139.2</v>
       </c>
       <c r="O19" t="n">
-        <v>340.93</v>
+        <v>0</v>
       </c>
       <c r="P19" t="n">
-        <v>741</v>
+        <v>0</v>
       </c>
       <c r="Q19" t="n">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="R19" t="n">
-        <v>0.68</v>
+        <v>0</v>
       </c>
       <c r="S19" t="n">
-        <v>418.18</v>
+        <v>263.75</v>
       </c>
       <c r="T19" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 466 (1)</t>
+          <t>400 mm Concrete Pipe- 1430</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>PV108</t>
+          <t>PV25</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>PV268</t>
+          <t>PV26</t>
         </is>
       </c>
       <c r="E20" t="n">
-        <v>13.77</v>
+        <v>21.23</v>
       </c>
       <c r="F20" t="n">
-        <v>11.63</v>
+        <v>21.06</v>
       </c>
       <c r="G20" t="n">
-        <v>37.17</v>
+        <v>50</v>
       </c>
       <c r="H20" t="n">
-        <v>5.76</v>
+        <v>0.34</v>
       </c>
       <c r="I20" t="n">
         <v>0</v>
       </c>
       <c r="J20" t="n">
-        <v>1.9125</v>
+        <v>0</v>
       </c>
       <c r="K20" t="n">
         <v>0.6</v>
       </c>
       <c r="L20" t="n">
         <v>10</v>
       </c>
       <c r="M20" t="n">
-        <v>13.38</v>
+        <v>10</v>
       </c>
       <c r="N20" t="n">
-        <v>124.18</v>
+        <v>139.2</v>
       </c>
       <c r="O20" t="n">
-        <v>395.85</v>
+        <v>0</v>
       </c>
       <c r="P20" t="n">
-        <v>367</v>
+        <v>0</v>
       </c>
       <c r="Q20" t="n">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="R20" t="n">
-        <v>0.79</v>
+        <v>0</v>
       </c>
       <c r="S20" t="n">
-        <v>3173.12</v>
+        <v>121.37</v>
       </c>
       <c r="T20" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 466 (1) (1)</t>
+          <t>400 mm Concrete Pipe- 1433</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>PV268</t>
+          <t>PV28</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>PV109</t>
+          <t>PV29</t>
         </is>
       </c>
       <c r="E21" t="n">
-        <v>11.63</v>
+        <v>19.88</v>
       </c>
       <c r="F21" t="n">
-        <v>11.77</v>
+        <v>19.95</v>
       </c>
       <c r="G21" t="n">
-        <v>10.66</v>
+        <v>50</v>
       </c>
       <c r="H21" t="n">
-        <v>-1.28</v>
+        <v>-0.14</v>
       </c>
       <c r="I21" t="n">
-        <v>1.0061</v>
+        <v>0</v>
       </c>
       <c r="J21" t="n">
-        <v>2.9186</v>
+        <v>0</v>
       </c>
       <c r="K21" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L21" t="n">
         <v>10</v>
       </c>
       <c r="M21" t="n">
-        <v>14.16</v>
+        <v>10</v>
       </c>
       <c r="N21" t="n">
-        <v>121.22</v>
+        <v>139.2</v>
       </c>
       <c r="O21" t="n">
-        <v>491.41</v>
+        <v>0</v>
       </c>
       <c r="P21" t="n">
-        <v>850</v>
+        <v>0</v>
       </c>
       <c r="Q21" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R21" t="n">
-        <v>0.63</v>
+        <v>0</v>
       </c>
       <c r="S21" t="n">
-        <v>758.22</v>
+        <v>65.86</v>
       </c>
       <c r="T21" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 467</t>
+          <t>1.500 mm Concrete Pipe- 329</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>PV109</t>
+          <t>PV5</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>PV267</t>
+          <t>PV6</t>
         </is>
       </c>
       <c r="E22" t="n">
-        <v>11.77</v>
+        <v>20</v>
       </c>
       <c r="F22" t="n">
-        <v>11.9</v>
+        <v>19.58</v>
       </c>
       <c r="G22" t="n">
-        <v>21.15</v>
+        <v>48.73</v>
       </c>
       <c r="H22" t="n">
-        <v>-0.63</v>
+        <v>0.85</v>
       </c>
       <c r="I22" t="n">
         <v>0</v>
       </c>
       <c r="J22" t="n">
-        <v>2.9186</v>
+        <v>0</v>
       </c>
       <c r="K22" t="n">
         <v>0.6</v>
       </c>
       <c r="L22" t="n">
         <v>10</v>
       </c>
       <c r="M22" t="n">
-        <v>14.45</v>
+        <v>10</v>
       </c>
       <c r="N22" t="n">
-        <v>120.19</v>
+        <v>139.2</v>
       </c>
       <c r="O22" t="n">
-        <v>584.6900000000001</v>
+        <v>0</v>
       </c>
       <c r="P22" t="n">
-        <v>907</v>
+        <v>0</v>
       </c>
       <c r="Q22" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R22" t="n">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="S22" t="n">
-        <v>758.22</v>
+        <v>191.95</v>
       </c>
       <c r="T22" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 468 (1)</t>
+          <t>1.500 mm Concrete Pipe- 331</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>PV267</t>
+          <t>PV7</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>PV110</t>
+          <t>PV8</t>
         </is>
       </c>
       <c r="E23" t="n">
-        <v>11.9</v>
+        <v>18.55</v>
       </c>
       <c r="F23" t="n">
-        <v>12.23</v>
+        <v>18.8</v>
       </c>
       <c r="G23" t="n">
-        <v>36.25</v>
+        <v>23.61</v>
       </c>
       <c r="H23" t="n">
-        <v>-0.9</v>
+        <v>-1.05</v>
       </c>
       <c r="I23" t="n">
         <v>0</v>
       </c>
       <c r="J23" t="n">
-        <v>2.9186</v>
+        <v>0</v>
       </c>
       <c r="K23" t="n">
         <v>0.6</v>
       </c>
       <c r="L23" t="n">
         <v>10</v>
       </c>
       <c r="M23" t="n">
-        <v>14.92</v>
+        <v>18.33</v>
       </c>
       <c r="N23" t="n">
-        <v>118.52</v>
+        <v>107.97</v>
       </c>
       <c r="O23" t="n">
-        <v>576.58</v>
+        <v>0</v>
       </c>
       <c r="P23" t="n">
-        <v>902</v>
+        <v>0</v>
       </c>
       <c r="Q23" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R23" t="n">
-        <v>0.73</v>
+        <v>0</v>
       </c>
       <c r="S23" t="n">
-        <v>758.22</v>
+        <v>65.86</v>
       </c>
       <c r="T23" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 469</t>
+          <t>800 mm Concrete Pipe- 1025</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>PV110</t>
+          <t>PV19</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>PV111</t>
+          <t>PV20</t>
         </is>
       </c>
       <c r="E24" t="n">
-        <v>12.23</v>
+        <v>26.04</v>
       </c>
       <c r="F24" t="n">
-        <v>11.8</v>
+        <v>24.52</v>
       </c>
       <c r="G24" t="n">
-        <v>49.52</v>
+        <v>50</v>
       </c>
       <c r="H24" t="n">
-        <v>0.87</v>
+        <v>3.05</v>
       </c>
       <c r="I24" t="n">
-        <v>0.7258</v>
+        <v>0</v>
       </c>
       <c r="J24" t="n">
-        <v>3.6444</v>
+        <v>0</v>
       </c>
       <c r="K24" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L24" t="n">
         <v>10</v>
       </c>
       <c r="M24" t="n">
-        <v>15.74</v>
+        <v>18.33</v>
       </c>
       <c r="N24" t="n">
-        <v>115.75</v>
+        <v>107.97</v>
       </c>
       <c r="O24" t="n">
-        <v>585.95</v>
+        <v>0</v>
       </c>
       <c r="P24" t="n">
-        <v>605</v>
+        <v>0</v>
       </c>
       <c r="Q24" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R24" t="n">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="S24" t="n">
-        <v>2237.17</v>
+        <v>363.81</v>
       </c>
       <c r="T24" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 470</t>
+          <t>400 mm Concrete Pipe- 1431</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>PV111</t>
+          <t>PV26</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>PV269</t>
+          <t>PV27</t>
         </is>
       </c>
       <c r="E25" t="n">
-        <v>11.8</v>
+        <v>21.06</v>
       </c>
       <c r="F25" t="n">
-        <v>11.8</v>
+        <v>20.35</v>
       </c>
       <c r="G25" t="n">
-        <v>24.78</v>
+        <v>50</v>
       </c>
       <c r="H25" t="n">
-        <v>0</v>
+        <v>1.42</v>
       </c>
       <c r="I25" t="n">
         <v>0</v>
       </c>
       <c r="J25" t="n">
-        <v>3.6444</v>
+        <v>0</v>
       </c>
       <c r="K25" t="n">
         <v>0.6</v>
       </c>
       <c r="L25" t="n">
         <v>10</v>
       </c>
       <c r="M25" t="n">
-        <v>16.85</v>
+        <v>18.33</v>
       </c>
       <c r="N25" t="n">
-        <v>112.27</v>
+        <v>107.97</v>
       </c>
       <c r="O25" t="n">
-        <v>681.95</v>
+        <v>0</v>
       </c>
       <c r="P25" t="n">
-        <v>961</v>
+        <v>0</v>
       </c>
       <c r="Q25" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R25" t="n">
-        <v>0.87</v>
+        <v>0</v>
       </c>
       <c r="S25" t="n">
-        <v>758.22</v>
+        <v>248.44</v>
       </c>
       <c r="T25" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 470 (1)</t>
+          <t>800 mm Concrete Pipe- 1026</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>PV269</t>
+          <t>PV20</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>PV112</t>
+          <t>PV21</t>
         </is>
       </c>
       <c r="E26" t="n">
-        <v>11.8</v>
+        <v>24.52</v>
       </c>
       <c r="F26" t="n">
-        <v>11.8</v>
+        <v>23.72</v>
       </c>
       <c r="G26" t="n">
-        <v>25.22</v>
+        <v>50</v>
       </c>
       <c r="H26" t="n">
-        <v>0</v>
+        <v>1.6</v>
       </c>
       <c r="I26" t="n">
-        <v>1.3294</v>
+        <v>0</v>
       </c>
       <c r="J26" t="n">
-        <v>4.9738</v>
+        <v>0</v>
       </c>
       <c r="K26" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L26" t="n">
         <v>10</v>
       </c>
       <c r="M26" t="n">
-        <v>17.33</v>
+        <v>26.67</v>
       </c>
       <c r="N26" t="n">
-        <v>110.84</v>
+        <v>89.59</v>
       </c>
       <c r="O26" t="n">
-        <v>765.77</v>
+        <v>0</v>
       </c>
       <c r="P26" t="n">
-        <v>1004</v>
+        <v>0</v>
       </c>
       <c r="Q26" t="n">
-        <v>1200</v>
+        <v>400</v>
       </c>
       <c r="R26" t="n">
-        <v>0.68</v>
+        <v>0</v>
       </c>
       <c r="S26" t="n">
-        <v>1232.94</v>
+        <v>263.75</v>
       </c>
       <c r="T26" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 471</t>
+          <t>1.000 mm Concrete Pipe- 384</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>PV112</t>
+          <t>PV34</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>PV113</t>
+          <t>PV46</t>
         </is>
       </c>
       <c r="E27" t="n">
-        <v>11.8</v>
+        <v>15.52</v>
       </c>
       <c r="F27" t="n">
-        <v>14.47</v>
+        <v>15.61</v>
       </c>
       <c r="G27" t="n">
-        <v>50</v>
+        <v>34.86</v>
       </c>
       <c r="H27" t="n">
-        <v>-5.34</v>
+        <v>-0.26</v>
       </c>
       <c r="I27" t="n">
         <v>0</v>
       </c>
       <c r="J27" t="n">
-        <v>4.9738</v>
+        <v>0.7859</v>
       </c>
       <c r="K27" t="n">
         <v>0.6</v>
       </c>
       <c r="L27" t="n">
         <v>10</v>
       </c>
       <c r="M27" t="n">
-        <v>17.95</v>
+        <v>10.36</v>
       </c>
       <c r="N27" t="n">
-        <v>109.05</v>
+        <v>137.36</v>
       </c>
       <c r="O27" t="n">
-        <v>904.0599999999999</v>
+        <v>179.95</v>
       </c>
       <c r="P27" t="n">
-        <v>1068</v>
+        <v>583</v>
       </c>
       <c r="Q27" t="n">
-        <v>1200</v>
+        <v>600</v>
       </c>
       <c r="R27" t="n">
-        <v>0.8</v>
+        <v>0.64</v>
       </c>
       <c r="S27" t="n">
-        <v>1232.94</v>
+        <v>194.18</v>
       </c>
       <c r="T27" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 472</t>
+          <t>400 mm Concrete Pipe- 1077</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>PV113</t>
+          <t>CI12</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>PV114</t>
+          <t>PV53</t>
         </is>
       </c>
       <c r="E28" t="n">
-        <v>14.47</v>
+        <v>14.04</v>
       </c>
       <c r="F28" t="n">
-        <v>15.33</v>
+        <v>14.25</v>
       </c>
       <c r="G28" t="n">
-        <v>50</v>
+        <v>11.08</v>
       </c>
       <c r="H28" t="n">
-        <v>-1.72</v>
+        <v>-1.88</v>
       </c>
       <c r="I28" t="n">
         <v>0</v>
       </c>
       <c r="J28" t="n">
-        <v>4.9738</v>
+        <v>0</v>
       </c>
       <c r="K28" t="n">
         <v>0.6</v>
       </c>
       <c r="L28" t="n">
         <v>10</v>
       </c>
       <c r="M28" t="n">
-        <v>18.99</v>
+        <v>10</v>
       </c>
       <c r="N28" t="n">
-        <v>106.19</v>
+        <v>139.2</v>
       </c>
       <c r="O28" t="n">
-        <v>880.35</v>
+        <v>0</v>
       </c>
       <c r="P28" t="n">
-        <v>1058</v>
+        <v>0</v>
       </c>
       <c r="Q28" t="n">
-        <v>1200</v>
+        <v>400</v>
       </c>
       <c r="R28" t="n">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="S28" t="n">
-        <v>1232.94</v>
+        <v>65.86</v>
       </c>
       <c r="T28" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 473</t>
+          <t>800 mm Concrete Pipe- 1024 (1)</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>PV115</t>
+          <t>PV212</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>PV116</t>
+          <t>PV19</t>
         </is>
       </c>
       <c r="E29" t="n">
-        <v>20.69</v>
+        <v>27.1</v>
       </c>
       <c r="F29" t="n">
-        <v>17.93</v>
+        <v>26.04</v>
       </c>
       <c r="G29" t="n">
-        <v>60</v>
+        <v>33.45</v>
       </c>
       <c r="H29" t="n">
-        <v>4.6</v>
+        <v>3.16</v>
       </c>
       <c r="I29" t="n">
-        <v>4.8479</v>
+        <v>0</v>
       </c>
       <c r="J29" t="n">
-        <v>4.8479</v>
+        <v>0</v>
       </c>
       <c r="K29" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L29" t="n">
         <v>10</v>
       </c>
       <c r="M29" t="n">
-        <v>10</v>
+        <v>12.76</v>
       </c>
       <c r="N29" t="n">
-        <v>139.2</v>
+        <v>126.64</v>
       </c>
       <c r="O29" t="n">
-        <v>937.3099999999999</v>
+        <v>0</v>
       </c>
       <c r="P29" t="n">
-        <v>528</v>
+        <v>0</v>
       </c>
       <c r="Q29" t="n">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="R29" t="n">
-        <v>3.32</v>
+        <v>0</v>
       </c>
       <c r="S29" t="n">
-        <v>1316.95</v>
+        <v>370.49</v>
       </c>
       <c r="T29" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 966</t>
+          <t>400 mm Concrete Pipe- 1432</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>PV116</t>
+          <t>PV27</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>PV118</t>
+          <t>PV28</t>
         </is>
       </c>
       <c r="E30" t="n">
-        <v>17.93</v>
+        <v>20.35</v>
       </c>
       <c r="F30" t="n">
-        <v>17.64</v>
+        <v>19.88</v>
       </c>
       <c r="G30" t="n">
-        <v>30.88</v>
+        <v>50</v>
       </c>
       <c r="H30" t="n">
         <v>0.9399999999999999</v>
       </c>
       <c r="I30" t="n">
         <v>0</v>
       </c>
       <c r="J30" t="n">
-        <v>4.8479</v>
+        <v>0</v>
       </c>
       <c r="K30" t="n">
         <v>0.6</v>
       </c>
       <c r="L30" t="n">
         <v>10</v>
       </c>
       <c r="M30" t="n">
-        <v>10.3</v>
+        <v>26.67</v>
       </c>
       <c r="N30" t="n">
-        <v>137.68</v>
+        <v>89.59</v>
       </c>
       <c r="O30" t="n">
-        <v>1112.49</v>
+        <v>0</v>
       </c>
       <c r="P30" t="n">
-        <v>759</v>
+        <v>0</v>
       </c>
       <c r="Q30" t="n">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="R30" t="n">
-        <v>2.21</v>
+        <v>0</v>
       </c>
       <c r="S30" t="n">
-        <v>1280.93</v>
+        <v>201.45</v>
       </c>
       <c r="T30" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 475</t>
+          <t>800 mm Concrete Pipe- 991</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>PV117</t>
+          <t>PV43</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>PV152</t>
+          <t>PV123</t>
         </is>
       </c>
       <c r="E31" t="n">
-        <v>18.49</v>
+        <v>16.13</v>
       </c>
       <c r="F31" t="n">
-        <v>17.69</v>
+        <v>15.01</v>
       </c>
       <c r="G31" t="n">
-        <v>52.53</v>
+        <v>41.55</v>
       </c>
       <c r="H31" t="n">
-        <v>1.52</v>
+        <v>2.7</v>
       </c>
       <c r="I31" t="n">
         <v>0</v>
       </c>
       <c r="J31" t="n">
-        <v>0</v>
+        <v>0.8554</v>
       </c>
       <c r="K31" t="n">
         <v>0.6</v>
       </c>
       <c r="L31" t="n">
         <v>10</v>
       </c>
       <c r="M31" t="n">
-        <v>10</v>
+        <v>10.41</v>
       </c>
       <c r="N31" t="n">
-        <v>139.2</v>
+        <v>137.12</v>
       </c>
       <c r="O31" t="n">
-        <v>0</v>
+        <v>195.49</v>
       </c>
       <c r="P31" t="n">
-        <v>0</v>
+        <v>324</v>
       </c>
       <c r="Q31" t="n">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="R31" t="n">
-        <v>0</v>
+        <v>0.6899999999999999</v>
       </c>
       <c r="S31" t="n">
-        <v>256.51</v>
+        <v>1009.57</v>
       </c>
       <c r="T31" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 475 (1)</t>
+          <t>800 mm Concrete Pipe- 948 (1)</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>PV152</t>
+          <t>CI15</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>PV118</t>
+          <t>PV134</t>
         </is>
       </c>
       <c r="E32" t="n">
-        <v>17.69</v>
+        <v>16.8</v>
       </c>
       <c r="F32" t="n">
-        <v>17.64</v>
+        <v>16.79</v>
       </c>
       <c r="G32" t="n">
-        <v>13.51</v>
+        <v>26.58</v>
       </c>
       <c r="H32" t="n">
-        <v>0.37</v>
+        <v>0.03</v>
       </c>
       <c r="I32" t="n">
-        <v>0.8554</v>
+        <v>0</v>
       </c>
       <c r="J32" t="n">
-        <v>0.8554</v>
+        <v>0</v>
       </c>
       <c r="K32" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L32" t="n">
         <v>10</v>
       </c>
       <c r="M32" t="n">
-        <v>18.76</v>
+        <v>10</v>
       </c>
       <c r="N32" t="n">
-        <v>106.82</v>
+        <v>139.2</v>
       </c>
       <c r="O32" t="n">
-        <v>126.91</v>
+        <v>0</v>
       </c>
       <c r="P32" t="n">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="Q32" t="n">
         <v>400</v>
       </c>
       <c r="R32" t="n">
-        <v>1.01</v>
+        <v>0</v>
       </c>
       <c r="S32" t="n">
-        <v>127.06</v>
+        <v>65.86</v>
       </c>
       <c r="T32" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 450</t>
+          <t>800 mm Concrete Pipe- 1027 (1)</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>PV126</t>
+          <t>PV213</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>PV93</t>
+          <t>PV22</t>
         </is>
       </c>
       <c r="E33" t="n">
-        <v>10.37</v>
+        <v>23.36</v>
       </c>
       <c r="F33" t="n">
-        <v>10</v>
+        <v>22.87</v>
       </c>
       <c r="G33" t="n">
-        <v>44.29</v>
+        <v>28.33</v>
       </c>
       <c r="H33" t="n">
-        <v>0.82</v>
+        <v>1.73</v>
       </c>
       <c r="I33" t="n">
-        <v>1.3095</v>
+        <v>0</v>
       </c>
       <c r="J33" t="n">
-        <v>1.3095</v>
+        <v>0</v>
       </c>
       <c r="K33" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L33" t="n">
         <v>10</v>
       </c>
       <c r="M33" t="n">
         <v>10</v>
       </c>
       <c r="N33" t="n">
         <v>139.2</v>
       </c>
       <c r="O33" t="n">
-        <v>253.18</v>
+        <v>0</v>
       </c>
       <c r="P33" t="n">
-        <v>447</v>
+        <v>0</v>
       </c>
       <c r="Q33" t="n">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="R33" t="n">
-        <v>1.29</v>
+        <v>0</v>
       </c>
       <c r="S33" t="n">
-        <v>341.22</v>
+        <v>273.73</v>
       </c>
       <c r="T33" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1139</t>
+          <t>800 mm Concrete Pipe- 473</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>PV93</t>
+          <t>PV116</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>PV250</t>
+          <t>PV117</t>
         </is>
       </c>
       <c r="E34" t="n">
-        <v>10</v>
+        <v>20.69</v>
       </c>
       <c r="F34" t="n">
-        <v>10.13</v>
+        <v>17.93</v>
       </c>
       <c r="G34" t="n">
-        <v>28.2</v>
+        <v>60</v>
       </c>
       <c r="H34" t="n">
-        <v>-0.44</v>
+        <v>4.6</v>
       </c>
       <c r="I34" t="n">
         <v>0</v>
       </c>
       <c r="J34" t="n">
-        <v>1.3095</v>
+        <v>0</v>
       </c>
       <c r="K34" t="n">
         <v>0.6</v>
       </c>
       <c r="L34" t="n">
         <v>10</v>
       </c>
       <c r="M34" t="n">
-        <v>10.57</v>
+        <v>10</v>
       </c>
       <c r="N34" t="n">
-        <v>136.35</v>
+        <v>139.2</v>
       </c>
       <c r="O34" t="n">
-        <v>297.6</v>
+        <v>0</v>
       </c>
       <c r="P34" t="n">
-        <v>704</v>
+        <v>0</v>
       </c>
       <c r="Q34" t="n">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="R34" t="n">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="S34" t="n">
-        <v>418.18</v>
+        <v>446.68</v>
       </c>
       <c r="T34" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1133</t>
+          <t>400 mm Concrete Pipe- 1436</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>PV250</t>
+          <t>PV30</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>PV74</t>
+          <t>PV31</t>
         </is>
       </c>
       <c r="E35" t="n">
-        <v>10.13</v>
+        <v>18.05</v>
       </c>
       <c r="F35" t="n">
-        <v>9.9</v>
+        <v>16.25</v>
       </c>
       <c r="G35" t="n">
-        <v>11.8</v>
+        <v>50</v>
       </c>
       <c r="H35" t="n">
-        <v>1.91</v>
+        <v>3.6</v>
       </c>
       <c r="I35" t="n">
         <v>0</v>
       </c>
       <c r="J35" t="n">
-        <v>1.3095</v>
+        <v>0</v>
       </c>
       <c r="K35" t="n">
         <v>0.6</v>
       </c>
       <c r="L35" t="n">
         <v>10</v>
       </c>
       <c r="M35" t="n">
-        <v>11.37</v>
+        <v>10</v>
       </c>
       <c r="N35" t="n">
-        <v>132.62</v>
+        <v>139.2</v>
       </c>
       <c r="O35" t="n">
-        <v>289.46</v>
+        <v>0</v>
       </c>
       <c r="P35" t="n">
-        <v>401</v>
+        <v>0</v>
       </c>
       <c r="Q35" t="n">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="R35" t="n">
-        <v>0.58</v>
+        <v>0</v>
       </c>
       <c r="S35" t="n">
-        <v>1825.82</v>
+        <v>395.09</v>
       </c>
       <c r="T35" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 921</t>
+          <t>600 mm Concrete Pipe- 922</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>PV127</t>
+          <t>PV39</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>PV38</t>
+          <t>PV40</t>
         </is>
       </c>
       <c r="E36" t="n">
-        <v>18.62</v>
+        <v>17.8</v>
       </c>
       <c r="F36" t="n">
-        <v>17.8</v>
+        <v>16.82</v>
       </c>
       <c r="G36" t="n">
-        <v>42.65</v>
+        <v>50</v>
       </c>
       <c r="H36" t="n">
-        <v>1.91</v>
+        <v>1.97</v>
       </c>
       <c r="I36" t="n">
-        <v>1.1195</v>
+        <v>1.4531</v>
       </c>
       <c r="J36" t="n">
-        <v>1.1195</v>
+        <v>1.4531</v>
       </c>
       <c r="K36" t="n">
         <v>0.5</v>
       </c>
       <c r="L36" t="n">
         <v>10</v>
       </c>
       <c r="M36" t="n">
         <v>10</v>
       </c>
       <c r="N36" t="n">
         <v>139.2</v>
       </c>
       <c r="O36" t="n">
-        <v>216.45</v>
+        <v>280.95</v>
       </c>
       <c r="P36" t="n">
-        <v>359</v>
+        <v>394</v>
       </c>
       <c r="Q36" t="n">
         <v>400</v>
       </c>
       <c r="R36" t="n">
-        <v>1.72</v>
+        <v>2.24</v>
       </c>
       <c r="S36" t="n">
-        <v>288.02</v>
+        <v>292.14</v>
       </c>
       <c r="T36" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 922</t>
+          <t>800 mm Concrete Pipe- 1025</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>PV38</t>
+          <t>PV19</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>PV39</t>
+          <t>PV20</t>
         </is>
       </c>
       <c r="E37" t="n">
-        <v>17.8</v>
+        <v>26.04</v>
       </c>
       <c r="F37" t="n">
-        <v>16.82</v>
+        <v>24.52</v>
       </c>
       <c r="G37" t="n">
         <v>50</v>
       </c>
       <c r="H37" t="n">
-        <v>1.97</v>
+        <v>3.05</v>
       </c>
       <c r="I37" t="n">
-        <v>0.678</v>
+        <v>0</v>
       </c>
       <c r="J37" t="n">
-        <v>1.7975</v>
+        <v>0</v>
       </c>
       <c r="K37" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L37" t="n">
         <v>10</v>
       </c>
       <c r="M37" t="n">
-        <v>10.41</v>
+        <v>18.33</v>
       </c>
       <c r="N37" t="n">
-        <v>137.13</v>
+        <v>107.97</v>
       </c>
       <c r="O37" t="n">
-        <v>342.36</v>
+        <v>0</v>
       </c>
       <c r="P37" t="n">
-        <v>425</v>
+        <v>0</v>
       </c>
       <c r="Q37" t="n">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="R37" t="n">
-        <v>1.74</v>
+        <v>0</v>
       </c>
       <c r="S37" t="n">
-        <v>529.6799999999999</v>
+        <v>363.81</v>
       </c>
       <c r="T37" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 923</t>
+          <t>1.000 mm Concrete Pipe- 382</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>PV39</t>
+          <t>PV45</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>PV40</t>
+          <t>PV34</t>
         </is>
       </c>
       <c r="E38" t="n">
-        <v>16.82</v>
+        <v>15.88</v>
       </c>
       <c r="F38" t="n">
-        <v>18.28</v>
+        <v>15.52</v>
       </c>
       <c r="G38" t="n">
-        <v>50</v>
+        <v>30.43</v>
       </c>
       <c r="H38" t="n">
-        <v>-2.93</v>
+        <v>1.16</v>
       </c>
       <c r="I38" t="n">
-        <v>1.4531</v>
+        <v>0</v>
       </c>
       <c r="J38" t="n">
-        <v>3.2506</v>
+        <v>0</v>
       </c>
       <c r="K38" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L38" t="n">
         <v>10</v>
       </c>
       <c r="M38" t="n">
-        <v>10.89</v>
+        <v>10</v>
       </c>
       <c r="N38" t="n">
-        <v>134.82</v>
+        <v>139.2</v>
       </c>
       <c r="O38" t="n">
-        <v>608.73</v>
+        <v>0</v>
       </c>
       <c r="P38" t="n">
-        <v>921</v>
+        <v>0</v>
       </c>
       <c r="Q38" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R38" t="n">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="S38" t="n">
-        <v>758.22</v>
+        <v>224.46</v>
       </c>
       <c r="T38" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>600 mm Concrete Pipe- 377</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>PV40</t>
+          <t>PV41</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>PV41</t>
+          <t>PV42</t>
         </is>
       </c>
       <c r="E39" t="n">
         <v>18.28</v>
       </c>
       <c r="F39" t="n">
         <v>18.5</v>
       </c>
       <c r="G39" t="n">
         <v>50</v>
       </c>
       <c r="H39" t="n">
         <v>-0.43</v>
       </c>
       <c r="I39" t="n">
-        <v>1.3495</v>
+        <v>1.4167</v>
       </c>
       <c r="J39" t="n">
-        <v>4.6001</v>
+        <v>1.4167</v>
       </c>
       <c r="K39" t="n">
         <v>0.5</v>
       </c>
       <c r="L39" t="n">
         <v>10</v>
       </c>
       <c r="M39" t="n">
-        <v>11.97</v>
+        <v>10</v>
       </c>
       <c r="N39" t="n">
-        <v>129.96</v>
+        <v>139.2</v>
       </c>
       <c r="O39" t="n">
-        <v>830.39</v>
+        <v>273.91</v>
       </c>
       <c r="P39" t="n">
-        <v>1035</v>
+        <v>683</v>
       </c>
       <c r="Q39" t="n">
-        <v>1200</v>
+        <v>800</v>
       </c>
       <c r="R39" t="n">
-        <v>0.73</v>
+        <v>0.54</v>
       </c>
       <c r="S39" t="n">
-        <v>1232.94</v>
+        <v>418.18</v>
       </c>
       <c r="T39" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>TRECHO 01 - Capito Cruz</t>
+          <t>400 mm Concrete Pipe- 1002</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>PV41</t>
+          <t>PV139</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>PV137</t>
+          <t>CI8</t>
         </is>
       </c>
       <c r="E40" t="n">
-        <v>18.5</v>
+        <v>20.88</v>
       </c>
       <c r="F40" t="n">
-        <v>15.86</v>
+        <v>20.47</v>
       </c>
       <c r="G40" t="n">
-        <v>37.21</v>
+        <v>12.53</v>
       </c>
       <c r="H40" t="n">
-        <v>7.07</v>
+        <v>3.33</v>
       </c>
       <c r="I40" t="n">
-        <v>1.4167</v>
+        <v>0</v>
       </c>
       <c r="J40" t="n">
-        <v>6.0168</v>
+        <v>0</v>
       </c>
       <c r="K40" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L40" t="n">
         <v>10</v>
       </c>
       <c r="M40" t="n">
-        <v>13.1</v>
+        <v>10</v>
       </c>
       <c r="N40" t="n">
-        <v>125.27</v>
+        <v>139.2</v>
       </c>
       <c r="O40" t="n">
-        <v>1046.88</v>
+        <v>0</v>
       </c>
       <c r="P40" t="n">
-        <v>508</v>
+        <v>0</v>
       </c>
       <c r="Q40" t="n">
-        <v>1200</v>
+        <v>400</v>
       </c>
       <c r="R40" t="n">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="S40" t="n">
-        <v>10369.78</v>
+        <v>380.25</v>
       </c>
       <c r="T40" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>TRECHO 07 - Rua Buarque de Macedo</t>
+          <t>600 mm Concrete Pipe- 1066</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>PV137</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>PV228</t>
+          <t>PV123</t>
         </is>
       </c>
       <c r="E41" t="n">
-        <v>15.86</v>
+        <v>15.66</v>
       </c>
       <c r="F41" t="n">
-        <v>15.42</v>
+        <v>15.01</v>
       </c>
       <c r="G41" t="n">
-        <v>12.68</v>
+        <v>32.59</v>
       </c>
       <c r="H41" t="n">
-        <v>3.52</v>
+        <v>1.99</v>
       </c>
       <c r="I41" t="n">
         <v>0.6038</v>
       </c>
       <c r="J41" t="n">
-        <v>6.6205</v>
+        <v>0.6038</v>
       </c>
       <c r="K41" t="n">
         <v>0.5</v>
       </c>
       <c r="L41" t="n">
         <v>10</v>
       </c>
       <c r="M41" t="n">
-        <v>13.77</v>
+        <v>10</v>
       </c>
       <c r="N41" t="n">
-        <v>122.68</v>
+        <v>139.2</v>
       </c>
       <c r="O41" t="n">
-        <v>1128.15</v>
+        <v>116.73</v>
       </c>
       <c r="P41" t="n">
-        <v>595</v>
+        <v>283</v>
       </c>
       <c r="Q41" t="n">
-        <v>1200</v>
+        <v>400</v>
       </c>
       <c r="R41" t="n">
-        <v>1</v>
+        <v>0.93</v>
       </c>
       <c r="S41" t="n">
-        <v>7312.71</v>
+        <v>293.84</v>
       </c>
       <c r="T41" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 57</t>
+          <t>600 mm Concrete Pipe- 1063</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>PV228</t>
+          <t>CI4</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>PV227</t>
+          <t>CI5</t>
         </is>
       </c>
       <c r="E42" t="n">
+        <v>15.86</v>
+      </c>
+      <c r="F42" t="n">
         <v>15.42</v>
       </c>
-      <c r="F42" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G42" t="n">
-        <v>16.93</v>
+        <v>12.68</v>
       </c>
       <c r="H42" t="n">
-        <v>-1.42</v>
+        <v>3.52</v>
       </c>
       <c r="I42" t="n">
-        <v>0.6038</v>
+        <v>0</v>
       </c>
       <c r="J42" t="n">
-        <v>7.2243</v>
+        <v>0</v>
       </c>
       <c r="K42" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L42" t="n">
         <v>10</v>
       </c>
       <c r="M42" t="n">
-        <v>13.98</v>
+        <v>10</v>
       </c>
       <c r="N42" t="n">
-        <v>121.89</v>
+        <v>139.2</v>
       </c>
       <c r="O42" t="n">
-        <v>1223.09</v>
+        <v>0</v>
       </c>
       <c r="P42" t="n">
-        <v>1196</v>
+        <v>0</v>
       </c>
       <c r="Q42" t="n">
-        <v>1200</v>
+        <v>400</v>
       </c>
       <c r="R42" t="n">
-        <v>1.08</v>
+        <v>0</v>
       </c>
       <c r="S42" t="n">
-        <v>1232.94</v>
+        <v>390.62</v>
       </c>
       <c r="T42" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 58</t>
+          <t>800 mm Concrete Pipe- 1024</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>PV227</t>
+          <t>PV18</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>PV122</t>
+          <t>PV212</t>
         </is>
       </c>
       <c r="E43" t="n">
-        <v>15.66</v>
+        <v>28</v>
       </c>
       <c r="F43" t="n">
-        <v>15.01</v>
+        <v>27.1</v>
       </c>
       <c r="G43" t="n">
-        <v>32.59</v>
+        <v>16.55</v>
       </c>
       <c r="H43" t="n">
-        <v>1.99</v>
+        <v>5.43</v>
       </c>
       <c r="I43" t="n">
-        <v>0.5784</v>
+        <v>0</v>
       </c>
       <c r="J43" t="n">
-        <v>7.8027</v>
+        <v>0</v>
       </c>
       <c r="K43" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L43" t="n">
         <v>10</v>
       </c>
       <c r="M43" t="n">
-        <v>14.24</v>
+        <v>10</v>
       </c>
       <c r="N43" t="n">
-        <v>120.93</v>
+        <v>139.2</v>
       </c>
       <c r="O43" t="n">
-        <v>1310.63</v>
+        <v>0</v>
       </c>
       <c r="P43" t="n">
-        <v>701</v>
+        <v>0</v>
       </c>
       <c r="Q43" t="n">
-        <v>1200</v>
+        <v>400</v>
       </c>
       <c r="R43" t="n">
-        <v>1.16</v>
+        <v>0</v>
       </c>
       <c r="S43" t="n">
-        <v>5500.89</v>
+        <v>485.34</v>
       </c>
       <c r="T43" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 59</t>
+          <t>800 mm Concrete Pipe- 1028</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>PV122</t>
+          <t>PV22</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>PV42</t>
+          <t>PV23</t>
         </is>
       </c>
       <c r="E44" t="n">
-        <v>15.01</v>
+        <v>22.87</v>
       </c>
       <c r="F44" t="n">
-        <v>16.13</v>
+        <v>22.51</v>
       </c>
       <c r="G44" t="n">
-        <v>41.55</v>
+        <v>50</v>
       </c>
       <c r="H44" t="n">
-        <v>-2.7</v>
+        <v>0.72</v>
       </c>
       <c r="I44" t="n">
-        <v>0.5784</v>
+        <v>0</v>
       </c>
       <c r="J44" t="n">
-        <v>8.381</v>
+        <v>0</v>
       </c>
       <c r="K44" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L44" t="n">
         <v>10</v>
       </c>
       <c r="M44" t="n">
-        <v>14.71</v>
+        <v>14.72</v>
       </c>
       <c r="N44" t="n">
-        <v>119.25</v>
+        <v>119.22</v>
       </c>
       <c r="O44" t="n">
-        <v>1388.28</v>
+        <v>0</v>
       </c>
       <c r="P44" t="n">
-        <v>1255</v>
+        <v>0</v>
       </c>
       <c r="Q44" t="n">
-        <v>1500</v>
+        <v>400</v>
       </c>
       <c r="R44" t="n">
-        <v>0.79</v>
+        <v>0</v>
       </c>
       <c r="S44" t="n">
-        <v>2235.48</v>
+        <v>176.38</v>
       </c>
       <c r="T44" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 60</t>
+          <t>800 mm Concrete Pipe- 969</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>PV42</t>
+          <t>PV33</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>PV234</t>
+          <t>977</t>
         </is>
       </c>
       <c r="E45" t="n">
-        <v>16.13</v>
+        <v>15.43</v>
       </c>
       <c r="F45" t="n">
-        <v>16.07</v>
+        <v>13.1</v>
       </c>
       <c r="G45" t="n">
-        <v>28.02</v>
+        <v>10.22</v>
       </c>
       <c r="H45" t="n">
-        <v>0.24</v>
+        <v>22.74</v>
       </c>
       <c r="I45" t="n">
-        <v>0.1807</v>
+        <v>0</v>
       </c>
       <c r="J45" t="n">
-        <v>8.5618</v>
+        <v>0</v>
       </c>
       <c r="K45" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L45" t="n">
         <v>10</v>
       </c>
       <c r="M45" t="n">
-        <v>15.59</v>
+        <v>10</v>
       </c>
       <c r="N45" t="n">
-        <v>116.25</v>
+        <v>139.2</v>
       </c>
       <c r="O45" t="n">
-        <v>1382.49</v>
+        <v>0</v>
       </c>
       <c r="P45" t="n">
-        <v>1067</v>
+        <v>0</v>
       </c>
       <c r="Q45" t="n">
-        <v>1500</v>
+        <v>400</v>
       </c>
       <c r="R45" t="n">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="S45" t="n">
-        <v>3430.72</v>
+        <v>993.1799999999999</v>
       </c>
       <c r="T45" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 72</t>
+          <t>600 mm Concrete Pipe- 1065</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>PV132</t>
+          <t>CI5</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>PV232</t>
+          <t>PV137</t>
         </is>
       </c>
       <c r="E46" t="n">
-        <v>16.8</v>
+        <v>15.42</v>
       </c>
       <c r="F46" t="n">
-        <v>15.15</v>
+        <v>15.66</v>
       </c>
       <c r="G46" t="n">
-        <v>50</v>
+        <v>16.93</v>
       </c>
       <c r="H46" t="n">
-        <v>3.29</v>
+        <v>-1.42</v>
       </c>
       <c r="I46" t="n">
-        <v>0.1032</v>
+        <v>0</v>
       </c>
       <c r="J46" t="n">
-        <v>0.1032</v>
+        <v>0</v>
       </c>
       <c r="K46" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L46" t="n">
         <v>10</v>
       </c>
       <c r="M46" t="n">
-        <v>10</v>
+        <v>12.25</v>
       </c>
       <c r="N46" t="n">
-        <v>139.2</v>
+        <v>128.75</v>
       </c>
       <c r="O46" t="n">
-        <v>19.95</v>
+        <v>0</v>
       </c>
       <c r="P46" t="n">
-        <v>133</v>
+        <v>0</v>
       </c>
       <c r="Q46" t="n">
         <v>400</v>
       </c>
       <c r="R46" t="n">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="S46" t="n">
-        <v>377.85</v>
+        <v>65.86</v>
       </c>
       <c r="T46" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>TRECHO 12</t>
+          <t>800 mm Concrete Pipe- 1025</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>PV132</t>
+          <t>PV19</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>PV232</t>
+          <t>PV20</t>
         </is>
       </c>
       <c r="E47" t="n">
-        <v>16.8</v>
+        <v>26.04</v>
       </c>
       <c r="F47" t="n">
-        <v>15.15</v>
+        <v>24.52</v>
       </c>
       <c r="G47" t="n">
         <v>50</v>
       </c>
       <c r="H47" t="n">
-        <v>3.29</v>
+        <v>3.05</v>
       </c>
       <c r="I47" t="n">
-        <v>0.1032</v>
+        <v>0</v>
       </c>
       <c r="J47" t="n">
-        <v>0.1032</v>
+        <v>0</v>
       </c>
       <c r="K47" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L47" t="n">
         <v>10</v>
       </c>
       <c r="M47" t="n">
-        <v>10</v>
+        <v>18.33</v>
       </c>
       <c r="N47" t="n">
-        <v>139.2</v>
+        <v>107.97</v>
       </c>
       <c r="O47" t="n">
-        <v>19.95</v>
+        <v>0</v>
       </c>
       <c r="P47" t="n">
-        <v>133</v>
+        <v>0</v>
       </c>
       <c r="Q47" t="n">
         <v>400</v>
       </c>
       <c r="R47" t="n">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="S47" t="n">
-        <v>377.85</v>
+        <v>363.81</v>
       </c>
       <c r="T47" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>2.1-800</t>
+          <t>400 mm Concrete Pipe- 1435</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>PV133</t>
+          <t>PV29</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>PV136</t>
+          <t>PV30</t>
         </is>
       </c>
       <c r="E48" t="n">
-        <v>19.8</v>
+        <v>19.95</v>
       </c>
       <c r="F48" t="n">
-        <v>20</v>
+        <v>18.05</v>
       </c>
       <c r="G48" t="n">
         <v>50</v>
       </c>
       <c r="H48" t="n">
-        <v>-0.4</v>
+        <v>3.8</v>
       </c>
       <c r="I48" t="n">
         <v>0</v>
       </c>
       <c r="J48" t="n">
         <v>0</v>
       </c>
       <c r="K48" t="n">
         <v>0.6</v>
       </c>
       <c r="L48" t="n">
         <v>10</v>
       </c>
       <c r="M48" t="n">
-        <v>10</v>
+        <v>18.33</v>
       </c>
       <c r="N48" t="n">
-        <v>139.2</v>
+        <v>107.97</v>
       </c>
       <c r="O48" t="n">
         <v>0</v>
       </c>
       <c r="P48" t="n">
         <v>0</v>
       </c>
       <c r="Q48" t="n">
         <v>400</v>
       </c>
       <c r="R48" t="n">
         <v>0</v>
       </c>
       <c r="S48" t="n">
-        <v>65.86</v>
+        <v>406.09</v>
       </c>
       <c r="T48" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>2.2-800</t>
+          <t>600 mm Concrete Pipe- 923</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>PV136</t>
+          <t>PV40</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>PV138</t>
+          <t>PV41</t>
         </is>
       </c>
       <c r="E49" t="n">
-        <v>20</v>
+        <v>16.82</v>
       </c>
       <c r="F49" t="n">
-        <v>19.58</v>
+        <v>18.28</v>
       </c>
       <c r="G49" t="n">
-        <v>48.73</v>
+        <v>50</v>
       </c>
       <c r="H49" t="n">
-        <v>0.85</v>
+        <v>-2.93</v>
       </c>
       <c r="I49" t="n">
-        <v>0.7859</v>
+        <v>1.3495</v>
       </c>
       <c r="J49" t="n">
-        <v>0.7859</v>
+        <v>2.8026</v>
       </c>
       <c r="K49" t="n">
         <v>0.5</v>
       </c>
       <c r="L49" t="n">
         <v>10</v>
       </c>
       <c r="M49" t="n">
-        <v>18.33</v>
+        <v>10.37</v>
       </c>
       <c r="N49" t="n">
-        <v>107.97</v>
+        <v>137.32</v>
       </c>
       <c r="O49" t="n">
-        <v>117.87</v>
+        <v>534.58</v>
       </c>
       <c r="P49" t="n">
-        <v>333</v>
+        <v>877</v>
       </c>
       <c r="Q49" t="n">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="R49" t="n">
-        <v>0.9399999999999999</v>
+        <v>0.68</v>
       </c>
       <c r="S49" t="n">
-        <v>191.95</v>
+        <v>758.22</v>
       </c>
       <c r="T49" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>2.3-800</t>
+          <t>400 mm Concrete Pipe- 1428</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>PV138</t>
+          <t>PV23</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>PV146</t>
+          <t>PV24</t>
         </is>
       </c>
       <c r="E50" t="n">
-        <v>19.58</v>
+        <v>22.51</v>
       </c>
       <c r="F50" t="n">
-        <v>18.55</v>
+        <v>21.8</v>
       </c>
       <c r="G50" t="n">
         <v>50</v>
       </c>
       <c r="H50" t="n">
-        <v>2.06</v>
+        <v>1.42</v>
       </c>
       <c r="I50" t="n">
         <v>0</v>
       </c>
       <c r="J50" t="n">
-        <v>0.7859</v>
+        <v>0</v>
       </c>
       <c r="K50" t="n">
         <v>0.6</v>
       </c>
       <c r="L50" t="n">
         <v>10</v>
       </c>
       <c r="M50" t="n">
-        <v>19.2</v>
+        <v>23.06</v>
       </c>
       <c r="N50" t="n">
-        <v>105.64</v>
+        <v>96.56</v>
       </c>
       <c r="O50" t="n">
-        <v>138.39</v>
+        <v>0</v>
       </c>
       <c r="P50" t="n">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="Q50" t="n">
         <v>400</v>
       </c>
       <c r="R50" t="n">
-        <v>1.1</v>
+        <v>0</v>
       </c>
       <c r="S50" t="n">
-        <v>299.21</v>
+        <v>247.86</v>
       </c>
       <c r="T50" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>2.4-800</t>
+          <t>600 mm Concrete Pipe- 921</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>PV146</t>
+          <t>PV128</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>PV147</t>
+          <t>PV39</t>
         </is>
       </c>
       <c r="E51" t="n">
-        <v>18.55</v>
+        <v>18.62</v>
       </c>
       <c r="F51" t="n">
-        <v>18.8</v>
+        <v>17.8</v>
       </c>
       <c r="G51" t="n">
-        <v>30.97</v>
+        <v>42.65</v>
       </c>
       <c r="H51" t="n">
-        <v>-0.8</v>
+        <v>1.91</v>
       </c>
       <c r="I51" t="n">
-        <v>0.9340000000000001</v>
+        <v>0</v>
       </c>
       <c r="J51" t="n">
-        <v>1.72</v>
+        <v>0</v>
       </c>
       <c r="K51" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L51" t="n">
         <v>10</v>
       </c>
       <c r="M51" t="n">
-        <v>19.96</v>
+        <v>10</v>
       </c>
       <c r="N51" t="n">
-        <v>103.7</v>
+        <v>139.2</v>
       </c>
       <c r="O51" t="n">
-        <v>247.73</v>
+        <v>0</v>
       </c>
       <c r="P51" t="n">
-        <v>657</v>
+        <v>0</v>
       </c>
       <c r="Q51" t="n">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="R51" t="n">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="S51" t="n">
-        <v>418.18</v>
+        <v>288.02</v>
       </c>
       <c r="T51" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>3.000 x 1.500 mm Concrete Box Culvert- 1048</t>
+          <t>400 mm Concrete Pipe- 1005</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>PV141</t>
+          <t>CI6</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>PV140</t>
+          <t>CI8</t>
         </is>
       </c>
       <c r="E52" t="n">
-        <v>13.52</v>
+        <v>20.26</v>
       </c>
       <c r="F52" t="n">
-        <v>13.44</v>
+        <v>20.47</v>
       </c>
       <c r="G52" t="n">
-        <v>11.17</v>
+        <v>12.8</v>
       </c>
       <c r="H52" t="n">
-        <v>0.6899999999999999</v>
+        <v>-1.64</v>
       </c>
       <c r="I52" t="n">
         <v>0</v>
       </c>
       <c r="J52" t="n">
         <v>0</v>
       </c>
       <c r="K52" t="n">
         <v>0.6</v>
       </c>
       <c r="L52" t="n">
         <v>10</v>
       </c>
       <c r="M52" t="n">
         <v>10</v>
       </c>
       <c r="N52" t="n">
         <v>139.2</v>
       </c>
       <c r="O52" t="n">
         <v>0</v>
       </c>
       <c r="P52" t="n">
         <v>0</v>
       </c>
       <c r="Q52" t="n">
         <v>400</v>
       </c>
       <c r="R52" t="n">
         <v>0</v>
       </c>
       <c r="S52" t="n">
-        <v>173.49</v>
+        <v>65.86</v>
       </c>
       <c r="T52" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>3.000 x 1.500 mm Concrete Box Culvert- 1049</t>
+          <t>400 mm Concrete Pipe- 1073 (1)</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>PV140</t>
+          <t>CI11</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>PV65</t>
+          <t>PV53</t>
         </is>
       </c>
       <c r="E53" t="n">
-        <v>13.44</v>
+        <v>13.8</v>
       </c>
       <c r="F53" t="n">
-        <v>13.12</v>
+        <v>14.25</v>
       </c>
       <c r="G53" t="n">
-        <v>27.99</v>
+        <v>10.42</v>
       </c>
       <c r="H53" t="n">
-        <v>1.14</v>
+        <v>-4.33</v>
       </c>
       <c r="I53" t="n">
         <v>0</v>
       </c>
       <c r="J53" t="n">
         <v>0</v>
       </c>
       <c r="K53" t="n">
         <v>0.6</v>
       </c>
       <c r="L53" t="n">
         <v>10</v>
       </c>
       <c r="M53" t="n">
-        <v>11.86</v>
+        <v>10</v>
       </c>
       <c r="N53" t="n">
-        <v>130.41</v>
+        <v>139.2</v>
       </c>
       <c r="O53" t="n">
         <v>0</v>
       </c>
       <c r="P53" t="n">
         <v>0</v>
       </c>
       <c r="Q53" t="n">
         <v>400</v>
       </c>
       <c r="R53" t="n">
         <v>0</v>
       </c>
       <c r="S53" t="n">
-        <v>222.35</v>
+        <v>65.86</v>
       </c>
       <c r="T53" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>3.000 x 1.500 mm Concrete Box Culvert- 1050</t>
+          <t>600 mm Concrete Pipe- 1015</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>PV65</t>
+          <t>PV13</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>PV120</t>
+          <t>PV14</t>
         </is>
       </c>
       <c r="E54" t="n">
-        <v>13.12</v>
+        <v>32.26</v>
       </c>
       <c r="F54" t="n">
-        <v>12.92</v>
+        <v>31.63</v>
       </c>
       <c r="G54" t="n">
         <v>50</v>
       </c>
       <c r="H54" t="n">
-        <v>0.41</v>
+        <v>1.26</v>
       </c>
       <c r="I54" t="n">
         <v>0</v>
       </c>
       <c r="J54" t="n">
         <v>0</v>
       </c>
       <c r="K54" t="n">
         <v>0.6</v>
       </c>
       <c r="L54" t="n">
         <v>10</v>
       </c>
       <c r="M54" t="n">
-        <v>16.53</v>
+        <v>19.09</v>
       </c>
       <c r="N54" t="n">
-        <v>113.27</v>
+        <v>105.92</v>
       </c>
       <c r="O54" t="n">
         <v>0</v>
       </c>
       <c r="P54" t="n">
         <v>0</v>
       </c>
       <c r="Q54" t="n">
         <v>400</v>
       </c>
       <c r="R54" t="n">
         <v>0</v>
       </c>
       <c r="S54" t="n">
-        <v>134</v>
+        <v>233.37</v>
       </c>
       <c r="T54" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>3.000 x 1.500 mm Concrete Box Culvert- 1051</t>
+          <t>600 mm Concrete Pipe- 1067</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>PV120</t>
+          <t>CI3</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>PV121</t>
+          <t>CI5</t>
         </is>
       </c>
       <c r="E55" t="n">
-        <v>12.92</v>
+        <v>15.03</v>
       </c>
       <c r="F55" t="n">
-        <v>12.85</v>
+        <v>15.42</v>
       </c>
       <c r="G55" t="n">
-        <v>50</v>
+        <v>13.19</v>
       </c>
       <c r="H55" t="n">
-        <v>0.13</v>
+        <v>-2.92</v>
       </c>
       <c r="I55" t="n">
         <v>0</v>
       </c>
       <c r="J55" t="n">
         <v>0</v>
       </c>
       <c r="K55" t="n">
         <v>0.6</v>
       </c>
       <c r="L55" t="n">
         <v>10</v>
       </c>
       <c r="M55" t="n">
-        <v>24.86</v>
+        <v>10</v>
       </c>
       <c r="N55" t="n">
-        <v>92.92</v>
+        <v>139.2</v>
       </c>
       <c r="O55" t="n">
         <v>0</v>
       </c>
       <c r="P55" t="n">
         <v>0</v>
       </c>
       <c r="Q55" t="n">
         <v>400</v>
       </c>
       <c r="R55" t="n">
         <v>0</v>
       </c>
       <c r="S55" t="n">
-        <v>75.84</v>
+        <v>65.86</v>
       </c>
       <c r="T55" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>3.000 x 1.500 mm Concrete Box Culvert- 1052</t>
+          <t>600 mm Concrete Pipe- 372</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>PV121</t>
+          <t>PV36</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>PV241</t>
+          <t>PV37</t>
         </is>
       </c>
       <c r="E56" t="n">
-        <v>12.85</v>
+        <v>20.1</v>
       </c>
       <c r="F56" t="n">
-        <v>12.69</v>
+        <v>19.66</v>
       </c>
       <c r="G56" t="n">
-        <v>29</v>
+        <v>29.01</v>
       </c>
       <c r="H56" t="n">
-        <v>0.5600000000000001</v>
+        <v>1.51</v>
       </c>
       <c r="I56" t="n">
         <v>0</v>
       </c>
       <c r="J56" t="n">
         <v>0</v>
       </c>
       <c r="K56" t="n">
         <v>0.6</v>
       </c>
       <c r="L56" t="n">
         <v>10</v>
       </c>
       <c r="M56" t="n">
-        <v>33.19</v>
+        <v>10</v>
       </c>
       <c r="N56" t="n">
-        <v>79.62</v>
+        <v>139.2</v>
       </c>
       <c r="O56" t="n">
         <v>0</v>
       </c>
       <c r="P56" t="n">
         <v>0</v>
       </c>
       <c r="Q56" t="n">
         <v>400</v>
       </c>
       <c r="R56" t="n">
         <v>0</v>
       </c>
       <c r="S56" t="n">
-        <v>155.62</v>
+        <v>255.82</v>
       </c>
       <c r="T56" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>3.000 x 1.500 mm Concrete Box Culvert- 1052 (1)</t>
+          <t>400 mm Concrete Pipe- 1097</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>PV241</t>
+          <t>CI19</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>PV67</t>
+          <t>PV152</t>
         </is>
       </c>
       <c r="E57" t="n">
-        <v>12.69</v>
+        <v>16.06</v>
       </c>
       <c r="F57" t="n">
-        <v>12.48</v>
+        <v>15.99</v>
       </c>
       <c r="G57" t="n">
-        <v>13.09</v>
+        <v>13.37</v>
       </c>
       <c r="H57" t="n">
-        <v>1.62</v>
+        <v>0.51</v>
       </c>
       <c r="I57" t="n">
         <v>0</v>
       </c>
       <c r="J57" t="n">
         <v>0</v>
       </c>
       <c r="K57" t="n">
         <v>0.6</v>
       </c>
       <c r="L57" t="n">
         <v>10</v>
       </c>
       <c r="M57" t="n">
-        <v>38.03</v>
+        <v>10</v>
       </c>
       <c r="N57" t="n">
-        <v>73.77</v>
+        <v>139.2</v>
       </c>
       <c r="O57" t="n">
         <v>0</v>
       </c>
       <c r="P57" t="n">
         <v>0</v>
       </c>
       <c r="Q57" t="n">
         <v>400</v>
       </c>
       <c r="R57" t="n">
         <v>0</v>
       </c>
       <c r="S57" t="n">
-        <v>265.12</v>
+        <v>148.97</v>
       </c>
       <c r="T57" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>TRECHO 05 - Capito Porfrio</t>
+          <t>1.000 mm Concrete Pipe- 381</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>PV142</t>
+          <t>PV44</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>PV143</t>
+          <t>PV45</t>
         </is>
       </c>
       <c r="E58" t="n">
-        <v>32.6</v>
+        <v>15.85</v>
       </c>
       <c r="F58" t="n">
-        <v>32.54</v>
+        <v>15.88</v>
       </c>
       <c r="G58" t="n">
-        <v>30.24</v>
+        <v>34.45</v>
       </c>
       <c r="H58" t="n">
-        <v>0.21</v>
+        <v>-0.08</v>
       </c>
       <c r="I58" t="n">
         <v>0</v>
       </c>
       <c r="J58" t="n">
         <v>0</v>
       </c>
       <c r="K58" t="n">
         <v>0.6</v>
       </c>
       <c r="L58" t="n">
         <v>10</v>
       </c>
       <c r="M58" t="n">
         <v>10</v>
       </c>
       <c r="N58" t="n">
         <v>139.2</v>
       </c>
       <c r="O58" t="n">
         <v>0</v>
       </c>
       <c r="P58" t="n">
         <v>0</v>
       </c>
       <c r="Q58" t="n">
         <v>400</v>
       </c>
       <c r="R58" t="n">
         <v>0</v>
       </c>
       <c r="S58" t="n">
-        <v>95.67</v>
+        <v>65.86</v>
       </c>
       <c r="T58" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 11</t>
+          <t>800 mm Concrete Pipe- 1026</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>PV143</t>
+          <t>PV20</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>PV144</t>
+          <t>PV21</t>
         </is>
       </c>
       <c r="E59" t="n">
-        <v>32.54</v>
+        <v>24.52</v>
       </c>
       <c r="F59" t="n">
-        <v>32.77</v>
+        <v>23.72</v>
       </c>
       <c r="G59" t="n">
-        <v>35.46</v>
+        <v>50</v>
       </c>
       <c r="H59" t="n">
-        <v>-0.65</v>
+        <v>1.6</v>
       </c>
       <c r="I59" t="n">
-        <v>1.5054</v>
+        <v>0</v>
       </c>
       <c r="J59" t="n">
-        <v>1.5054</v>
+        <v>0</v>
       </c>
       <c r="K59" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L59" t="n">
         <v>10</v>
       </c>
       <c r="M59" t="n">
-        <v>15.04</v>
+        <v>26.67</v>
       </c>
       <c r="N59" t="n">
-        <v>118.12</v>
+        <v>89.59</v>
       </c>
       <c r="O59" t="n">
-        <v>246.98</v>
+        <v>0</v>
       </c>
       <c r="P59" t="n">
-        <v>657</v>
+        <v>0</v>
       </c>
       <c r="Q59" t="n">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="R59" t="n">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="S59" t="n">
-        <v>418.18</v>
+        <v>263.75</v>
       </c>
       <c r="T59" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 12</t>
+          <t>1.500 mm Concrete Pipe- 363</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>PV144</t>
+          <t>PV32</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>PV169</t>
+          <t>PV33</t>
         </is>
       </c>
       <c r="E60" t="n">
-        <v>32.77</v>
+        <v>15.65</v>
       </c>
       <c r="F60" t="n">
-        <v>32.26</v>
+        <v>15.43</v>
       </c>
       <c r="G60" t="n">
-        <v>54.54</v>
+        <v>27.89</v>
       </c>
       <c r="H60" t="n">
-        <v>0.95</v>
+        <v>0.79</v>
       </c>
       <c r="I60" t="n">
         <v>0</v>
       </c>
       <c r="J60" t="n">
-        <v>1.5054</v>
+        <v>0</v>
       </c>
       <c r="K60" t="n">
         <v>0.6</v>
       </c>
       <c r="L60" t="n">
         <v>10</v>
       </c>
       <c r="M60" t="n">
-        <v>16.24</v>
+        <v>10</v>
       </c>
       <c r="N60" t="n">
-        <v>114.15</v>
+        <v>139.2</v>
       </c>
       <c r="O60" t="n">
-        <v>286.43</v>
+        <v>0</v>
       </c>
       <c r="P60" t="n">
-        <v>455</v>
+        <v>0</v>
       </c>
       <c r="Q60" t="n">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="R60" t="n">
-        <v>0.57</v>
+        <v>0</v>
       </c>
       <c r="S60" t="n">
-        <v>1286.85</v>
+        <v>185.62</v>
       </c>
       <c r="T60" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 13</t>
+          <t>800 mm Concrete Pipe- 1027</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>PV169</t>
+          <t>PV21</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>PV186</t>
+          <t>PV213</t>
         </is>
       </c>
       <c r="E61" t="n">
-        <v>32.26</v>
+        <v>23.72</v>
       </c>
       <c r="F61" t="n">
-        <v>31.63</v>
+        <v>23.36</v>
       </c>
       <c r="G61" t="n">
-        <v>50</v>
+        <v>21.52</v>
       </c>
       <c r="H61" t="n">
-        <v>1.26</v>
+        <v>1.66</v>
       </c>
       <c r="I61" t="n">
-        <v>3.1703</v>
+        <v>0</v>
       </c>
       <c r="J61" t="n">
-        <v>4.6756</v>
+        <v>0</v>
       </c>
       <c r="K61" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L61" t="n">
         <v>10</v>
       </c>
       <c r="M61" t="n">
-        <v>17.84</v>
+        <v>35</v>
       </c>
       <c r="N61" t="n">
-        <v>109.36</v>
+        <v>77.31</v>
       </c>
       <c r="O61" t="n">
-        <v>710.25</v>
+        <v>0</v>
       </c>
       <c r="P61" t="n">
-        <v>607</v>
+        <v>0</v>
       </c>
       <c r="Q61" t="n">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="R61" t="n">
-        <v>1.41</v>
+        <v>0</v>
       </c>
       <c r="S61" t="n">
-        <v>1481.81</v>
+        <v>268.56</v>
       </c>
       <c r="T61" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 14</t>
+          <t>400 mm Concrete Pipe- 1073</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>PV186</t>
+          <t>PV52</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>PV190</t>
+          <t>CI11</t>
         </is>
       </c>
       <c r="E62" t="n">
-        <v>31.63</v>
+        <v>13.8</v>
       </c>
       <c r="F62" t="n">
-        <v>30.95</v>
+        <v>13.8</v>
       </c>
       <c r="G62" t="n">
-        <v>50</v>
+        <v>36.28</v>
       </c>
       <c r="H62" t="n">
-        <v>1.36</v>
+        <v>0</v>
       </c>
       <c r="I62" t="n">
         <v>0</v>
       </c>
       <c r="J62" t="n">
-        <v>4.6756</v>
+        <v>0</v>
       </c>
       <c r="K62" t="n">
         <v>0.6</v>
       </c>
       <c r="L62" t="n">
         <v>10</v>
       </c>
       <c r="M62" t="n">
-        <v>18.43</v>
+        <v>15.49</v>
       </c>
       <c r="N62" t="n">
-        <v>107.71</v>
+        <v>116.6</v>
       </c>
       <c r="O62" t="n">
-        <v>839.4299999999999</v>
+        <v>0</v>
       </c>
       <c r="P62" t="n">
-        <v>637</v>
+        <v>0</v>
       </c>
       <c r="Q62" t="n">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="R62" t="n">
-        <v>1.67</v>
+        <v>0</v>
       </c>
       <c r="S62" t="n">
-        <v>1541.62</v>
+        <v>65.86</v>
       </c>
       <c r="T62" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 15</t>
+          <t>800 mm Concrete Pipe- 336</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>PV190</t>
+          <t>PV10</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>PV203</t>
+          <t>PV11</t>
         </is>
       </c>
       <c r="E63" t="n">
-        <v>30.95</v>
+        <v>19.15</v>
       </c>
       <c r="F63" t="n">
-        <v>30.48</v>
+        <v>18.13</v>
       </c>
       <c r="G63" t="n">
-        <v>50</v>
+        <v>30.14</v>
       </c>
       <c r="H63" t="n">
-        <v>0.93</v>
+        <v>3.4</v>
       </c>
       <c r="I63" t="n">
-        <v>6.1201</v>
+        <v>0</v>
       </c>
       <c r="J63" t="n">
-        <v>10.7957</v>
+        <v>0</v>
       </c>
       <c r="K63" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L63" t="n">
         <v>10</v>
       </c>
       <c r="M63" t="n">
-        <v>18.93</v>
+        <v>13.69</v>
       </c>
       <c r="N63" t="n">
-        <v>106.36</v>
+        <v>122.99</v>
       </c>
       <c r="O63" t="n">
-        <v>1594.89</v>
+        <v>0</v>
       </c>
       <c r="P63" t="n">
-        <v>870</v>
+        <v>0</v>
       </c>
       <c r="Q63" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R63" t="n">
-        <v>2.03</v>
+        <v>0</v>
       </c>
       <c r="S63" t="n">
-        <v>2313</v>
+        <v>384.06</v>
       </c>
       <c r="T63" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 16</t>
+          <t>400 mm Concrete Pipe- 1429</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>PV203</t>
+          <t>PV24</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>PV204</t>
+          <t>PV25</t>
         </is>
       </c>
       <c r="E64" t="n">
-        <v>30.48</v>
+        <v>21.8</v>
       </c>
       <c r="F64" t="n">
-        <v>29.79</v>
+        <v>21.23</v>
       </c>
       <c r="G64" t="n">
         <v>50</v>
       </c>
       <c r="H64" t="n">
-        <v>1.39</v>
+        <v>1.14</v>
       </c>
       <c r="I64" t="n">
         <v>0</v>
       </c>
       <c r="J64" t="n">
-        <v>10.7957</v>
+        <v>0</v>
       </c>
       <c r="K64" t="n">
         <v>0.6</v>
       </c>
       <c r="L64" t="n">
         <v>10</v>
       </c>
       <c r="M64" t="n">
-        <v>19.34</v>
+        <v>31.39</v>
       </c>
       <c r="N64" t="n">
-        <v>105.28</v>
+        <v>82.09999999999999</v>
       </c>
       <c r="O64" t="n">
-        <v>1894.41</v>
+        <v>0</v>
       </c>
       <c r="P64" t="n">
-        <v>861</v>
+        <v>0</v>
       </c>
       <c r="Q64" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R64" t="n">
-        <v>2.41</v>
+        <v>0</v>
       </c>
       <c r="S64" t="n">
-        <v>2827.45</v>
+        <v>222.39</v>
       </c>
       <c r="T64" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 17</t>
+          <t>400 mm Concrete Pipe- 1437</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>PV204</t>
+          <t>PV31</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>PV205</t>
+          <t>PV32</t>
         </is>
       </c>
       <c r="E65" t="n">
-        <v>29.79</v>
+        <v>16.25</v>
       </c>
       <c r="F65" t="n">
-        <v>28</v>
+        <v>15.65</v>
       </c>
       <c r="G65" t="n">
         <v>50</v>
       </c>
       <c r="H65" t="n">
-        <v>3.57</v>
+        <v>1.2</v>
       </c>
       <c r="I65" t="n">
-        <v>2.3635</v>
+        <v>0</v>
       </c>
       <c r="J65" t="n">
-        <v>13.1592</v>
+        <v>0</v>
       </c>
       <c r="K65" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L65" t="n">
         <v>10</v>
       </c>
       <c r="M65" t="n">
-        <v>19.68</v>
+        <v>18.33</v>
       </c>
       <c r="N65" t="n">
-        <v>104.39</v>
+        <v>107.97</v>
       </c>
       <c r="O65" t="n">
-        <v>1908.04</v>
+        <v>0</v>
       </c>
       <c r="P65" t="n">
-        <v>723</v>
+        <v>0</v>
       </c>
       <c r="Q65" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R65" t="n">
-        <v>2.43</v>
+        <v>0</v>
       </c>
       <c r="S65" t="n">
-        <v>4532.59</v>
+        <v>228.35</v>
       </c>
       <c r="T65" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 18</t>
+          <t>800 mm Concrete Pipe- 337</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>PV205</t>
+          <t>PV11</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>PV317</t>
+          <t>TRECHO1 (3)</t>
         </is>
       </c>
       <c r="E66" t="n">
-        <v>28</v>
+        <v>18.13</v>
       </c>
       <c r="F66" t="n">
-        <v>27.1</v>
+        <v>17.83</v>
       </c>
       <c r="G66" t="n">
-        <v>16.55</v>
+        <v>23.36</v>
       </c>
       <c r="H66" t="n">
-        <v>5.43</v>
+        <v>1.28</v>
       </c>
       <c r="I66" t="n">
         <v>0</v>
       </c>
       <c r="J66" t="n">
-        <v>13.1592</v>
+        <v>0</v>
       </c>
       <c r="K66" t="n">
         <v>0.6</v>
       </c>
       <c r="L66" t="n">
         <v>10</v>
       </c>
       <c r="M66" t="n">
-        <v>20.03</v>
+        <v>18.71</v>
       </c>
       <c r="N66" t="n">
-        <v>103.52</v>
+        <v>106.93</v>
       </c>
       <c r="O66" t="n">
-        <v>2270.65</v>
+        <v>0</v>
       </c>
       <c r="P66" t="n">
-        <v>713</v>
+        <v>0</v>
       </c>
       <c r="Q66" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R66" t="n">
-        <v>2.89</v>
+        <v>0</v>
       </c>
       <c r="S66" t="n">
-        <v>5587.58</v>
+        <v>236.02</v>
       </c>
       <c r="T66" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 19</t>
+          <t>400 mm Concrete Pipe- 1074 (1)</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>PV317</t>
+          <t>CI14</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>PV206</t>
+          <t>PV134</t>
         </is>
       </c>
       <c r="E67" t="n">
-        <v>27.1</v>
+        <v>15.15</v>
       </c>
       <c r="F67" t="n">
-        <v>26.04</v>
+        <v>16.79</v>
       </c>
       <c r="G67" t="n">
-        <v>33.45</v>
+        <v>37.16</v>
       </c>
       <c r="H67" t="n">
-        <v>3.16</v>
+        <v>-4.41</v>
       </c>
       <c r="I67" t="n">
-        <v>3.9694</v>
+        <v>0</v>
       </c>
       <c r="J67" t="n">
-        <v>17.1286</v>
+        <v>0</v>
       </c>
       <c r="K67" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L67" t="n">
         <v>10</v>
       </c>
       <c r="M67" t="n">
-        <v>20.12</v>
+        <v>13.31</v>
       </c>
       <c r="N67" t="n">
-        <v>103.29</v>
+        <v>124.43</v>
       </c>
       <c r="O67" t="n">
-        <v>2457.33</v>
+        <v>0</v>
       </c>
       <c r="P67" t="n">
-        <v>813</v>
+        <v>0</v>
       </c>
       <c r="Q67" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R67" t="n">
-        <v>3.13</v>
+        <v>0</v>
       </c>
       <c r="S67" t="n">
-        <v>4265.31</v>
+        <v>65.86</v>
       </c>
       <c r="T67" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 20</t>
+          <t>400 mm Concrete Pipe- 1078</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>PV206</t>
+          <t>CI13</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>PV208</t>
+          <t>PV53</t>
         </is>
       </c>
       <c r="E68" t="n">
-        <v>26.04</v>
+        <v>14.47</v>
       </c>
       <c r="F68" t="n">
-        <v>24.52</v>
+        <v>14.25</v>
       </c>
       <c r="G68" t="n">
-        <v>50</v>
+        <v>11.61</v>
       </c>
       <c r="H68" t="n">
-        <v>3.05</v>
+        <v>1.92</v>
       </c>
       <c r="I68" t="n">
         <v>0</v>
       </c>
       <c r="J68" t="n">
-        <v>17.1286</v>
+        <v>0</v>
       </c>
       <c r="K68" t="n">
         <v>0.6</v>
       </c>
       <c r="L68" t="n">
         <v>10</v>
       </c>
       <c r="M68" t="n">
-        <v>20.3</v>
+        <v>10</v>
       </c>
       <c r="N68" t="n">
-        <v>102.84</v>
+        <v>139.2</v>
       </c>
       <c r="O68" t="n">
-        <v>2936.22</v>
+        <v>0</v>
       </c>
       <c r="P68" t="n">
-        <v>875</v>
+        <v>0</v>
       </c>
       <c r="Q68" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R68" t="n">
-        <v>3.74</v>
+        <v>0</v>
       </c>
       <c r="S68" t="n">
-        <v>4188.35</v>
+        <v>288.65</v>
       </c>
       <c r="T68" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 21</t>
+          <t>600 mm Concrete Pipe- 371</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>PV208</t>
+          <t>TRECHO 3</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>PV210</t>
+          <t>PV36</t>
         </is>
       </c>
       <c r="E69" t="n">
-        <v>24.52</v>
+        <v>20.97</v>
       </c>
       <c r="F69" t="n">
-        <v>23.72</v>
+        <v>20.1</v>
       </c>
       <c r="G69" t="n">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="H69" t="n">
-        <v>1.6</v>
+        <v>2.92</v>
       </c>
       <c r="I69" t="n">
         <v>0</v>
       </c>
       <c r="J69" t="n">
-        <v>17.1286</v>
+        <v>0</v>
       </c>
       <c r="K69" t="n">
         <v>0.6</v>
       </c>
       <c r="L69" t="n">
         <v>10</v>
       </c>
       <c r="M69" t="n">
-        <v>20.52</v>
+        <v>10</v>
       </c>
       <c r="N69" t="n">
-        <v>102.3</v>
+        <v>139.2</v>
       </c>
       <c r="O69" t="n">
-        <v>2920.67</v>
+        <v>0</v>
       </c>
       <c r="P69" t="n">
-        <v>986</v>
+        <v>0</v>
       </c>
       <c r="Q69" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R69" t="n">
-        <v>3.72</v>
+        <v>0</v>
       </c>
       <c r="S69" t="n">
-        <v>3036.47</v>
+        <v>355.78</v>
       </c>
       <c r="T69" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>1.200 mm Concrete Pipe- 25</t>
+          <t>800 mm Concrete Pipe- 966</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>PV210</t>
+          <t>PV117</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>PV318</t>
+          <t>PV119</t>
         </is>
       </c>
       <c r="E70" t="n">
-        <v>23.72</v>
+        <v>17.93</v>
       </c>
       <c r="F70" t="n">
-        <v>23.36</v>
+        <v>17.64</v>
       </c>
       <c r="G70" t="n">
-        <v>21.52</v>
+        <v>30.88</v>
       </c>
       <c r="H70" t="n">
-        <v>1.66</v>
+        <v>0.9399999999999999</v>
       </c>
       <c r="I70" t="n">
-        <v>4.5296</v>
+        <v>0</v>
       </c>
       <c r="J70" t="n">
-        <v>21.6582</v>
+        <v>0</v>
       </c>
       <c r="K70" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L70" t="n">
         <v>10</v>
       </c>
       <c r="M70" t="n">
-        <v>20.75</v>
+        <v>20</v>
       </c>
       <c r="N70" t="n">
-        <v>101.76</v>
+        <v>103.59</v>
       </c>
       <c r="O70" t="n">
-        <v>3061.26</v>
+        <v>0</v>
       </c>
       <c r="P70" t="n">
-        <v>996</v>
+        <v>0</v>
       </c>
       <c r="Q70" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R70" t="n">
-        <v>3.9</v>
+        <v>0</v>
       </c>
       <c r="S70" t="n">
-        <v>3091.85</v>
+        <v>201.73</v>
       </c>
       <c r="T70" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>1.200 mm Concrete Pipe- 26</t>
+          <t>600 mm Concrete Pipe- 1016</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>PV318</t>
+          <t>PV14</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>PV211</t>
+          <t>PV15</t>
         </is>
       </c>
       <c r="E71" t="n">
-        <v>23.36</v>
+        <v>31.63</v>
       </c>
       <c r="F71" t="n">
-        <v>22.87</v>
+        <v>30.95</v>
       </c>
       <c r="G71" t="n">
-        <v>28.33</v>
+        <v>50</v>
       </c>
       <c r="H71" t="n">
-        <v>1.73</v>
+        <v>1.36</v>
       </c>
       <c r="I71" t="n">
         <v>0</v>
       </c>
       <c r="J71" t="n">
-        <v>21.6582</v>
+        <v>0</v>
       </c>
       <c r="K71" t="n">
         <v>0.6</v>
       </c>
       <c r="L71" t="n">
         <v>10</v>
       </c>
       <c r="M71" t="n">
-        <v>20.84</v>
+        <v>27.42</v>
       </c>
       <c r="N71" t="n">
-        <v>101.54</v>
+        <v>88.28</v>
       </c>
       <c r="O71" t="n">
-        <v>3665.57</v>
+        <v>0</v>
       </c>
       <c r="P71" t="n">
-        <v>1058</v>
+        <v>0</v>
       </c>
       <c r="Q71" t="n">
-        <v>1200</v>
+        <v>400</v>
       </c>
       <c r="R71" t="n">
-        <v>3.24</v>
+        <v>0</v>
       </c>
       <c r="S71" t="n">
-        <v>5124.44</v>
+        <v>242.79</v>
       </c>
       <c r="T71" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>1.200 mm Concrete Pipe- 27</t>
+          <t>600 mm Concrete Pipe- 1013</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>PV211</t>
+          <t>PV144</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>PV214</t>
+          <t>PV145</t>
         </is>
       </c>
       <c r="E72" t="n">
-        <v>22.87</v>
+        <v>32.54</v>
       </c>
       <c r="F72" t="n">
-        <v>22.51</v>
+        <v>32.77</v>
       </c>
       <c r="G72" t="n">
-        <v>50</v>
+        <v>35.46</v>
       </c>
       <c r="H72" t="n">
-        <v>0.72</v>
+        <v>-0.65</v>
       </c>
       <c r="I72" t="n">
-        <v>4.4538</v>
+        <v>0</v>
       </c>
       <c r="J72" t="n">
-        <v>26.112</v>
+        <v>1.5054</v>
       </c>
       <c r="K72" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L72" t="n">
         <v>10</v>
       </c>
       <c r="M72" t="n">
-        <v>20.98</v>
+        <v>10.87</v>
       </c>
       <c r="N72" t="n">
-        <v>101.19</v>
+        <v>134.92</v>
       </c>
       <c r="O72" t="n">
-        <v>3670.24</v>
+        <v>338.53</v>
       </c>
       <c r="P72" t="n">
-        <v>1249</v>
+        <v>739</v>
       </c>
       <c r="Q72" t="n">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="R72" t="n">
-        <v>2.08</v>
+        <v>0.67</v>
       </c>
       <c r="S72" t="n">
-        <v>5986.73</v>
+        <v>418.18</v>
       </c>
       <c r="T72" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>1.200 mm Concrete Pipe- 28</t>
+          <t>800 mm Concrete Pipe- 1024 (1)</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>PV214</t>
+          <t>PV212</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>PV215</t>
+          <t>PV19</t>
         </is>
       </c>
       <c r="E73" t="n">
-        <v>22.51</v>
+        <v>27.1</v>
       </c>
       <c r="F73" t="n">
-        <v>21.8</v>
+        <v>26.04</v>
       </c>
       <c r="G73" t="n">
-        <v>50</v>
+        <v>33.45</v>
       </c>
       <c r="H73" t="n">
-        <v>1.42</v>
+        <v>3.16</v>
       </c>
       <c r="I73" t="n">
-        <v>3.241</v>
+        <v>0</v>
       </c>
       <c r="J73" t="n">
-        <v>29.353</v>
+        <v>0</v>
       </c>
       <c r="K73" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L73" t="n">
         <v>10</v>
       </c>
       <c r="M73" t="n">
-        <v>21.38</v>
+        <v>12.76</v>
       </c>
       <c r="N73" t="n">
-        <v>100.26</v>
+        <v>126.64</v>
       </c>
       <c r="O73" t="n">
-        <v>4087.53</v>
+        <v>0</v>
       </c>
       <c r="P73" t="n">
-        <v>1144</v>
+        <v>0</v>
       </c>
       <c r="Q73" t="n">
-        <v>1500</v>
+        <v>400</v>
       </c>
       <c r="R73" t="n">
-        <v>2.31</v>
+        <v>0</v>
       </c>
       <c r="S73" t="n">
-        <v>8413.24</v>
+        <v>370.49</v>
       </c>
       <c r="T73" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>1.200 mm Concrete Pipe- 29</t>
+          <t>600 mm Concrete Pipe- 373</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>PV215</t>
+          <t>PV37</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>PV216</t>
+          <t>PV38</t>
         </is>
       </c>
       <c r="E74" t="n">
-        <v>21.8</v>
+        <v>19.66</v>
       </c>
       <c r="F74" t="n">
-        <v>21.23</v>
+        <v>18.8</v>
       </c>
       <c r="G74" t="n">
-        <v>50</v>
+        <v>23.59</v>
       </c>
       <c r="H74" t="n">
-        <v>1.14</v>
+        <v>3.65</v>
       </c>
       <c r="I74" t="n">
-        <v>4.804</v>
+        <v>0</v>
       </c>
       <c r="J74" t="n">
-        <v>34.157</v>
+        <v>0</v>
       </c>
       <c r="K74" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L74" t="n">
         <v>10</v>
       </c>
       <c r="M74" t="n">
-        <v>21.74</v>
+        <v>14.83</v>
       </c>
       <c r="N74" t="n">
-        <v>99.43000000000001</v>
+        <v>118.83</v>
       </c>
       <c r="O74" t="n">
-        <v>4717.37</v>
+        <v>0</v>
       </c>
       <c r="P74" t="n">
-        <v>1258</v>
+        <v>0</v>
       </c>
       <c r="Q74" t="n">
-        <v>1500</v>
+        <v>400</v>
       </c>
       <c r="R74" t="n">
-        <v>2.67</v>
+        <v>0</v>
       </c>
       <c r="S74" t="n">
-        <v>7548.5</v>
+        <v>397.86</v>
       </c>
       <c r="T74" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>1.200 mm Concrete Pipe- 30</t>
+          <t>1.500 mm Concrete Pipe- 328</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>TRECHO1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>PV216</t>
+          <t>PV4</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>PV217</t>
+          <t>PV5</t>
         </is>
       </c>
       <c r="E75" t="n">
-        <v>21.23</v>
+        <v>19.8</v>
       </c>
       <c r="F75" t="n">
-        <v>21.06</v>
+        <v>20</v>
       </c>
       <c r="G75" t="n">
         <v>50</v>
       </c>
       <c r="H75" t="n">
-        <v>0.34</v>
+        <v>-0.4</v>
       </c>
       <c r="I75" t="n">
-        <v>1.6188</v>
+        <v>0</v>
       </c>
       <c r="J75" t="n">
-        <v>35.7758</v>
+        <v>0</v>
       </c>
       <c r="K75" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L75" t="n">
         <v>10</v>
       </c>
       <c r="M75" t="n">
-        <v>22.06</v>
+        <v>10</v>
       </c>
       <c r="N75" t="n">
-        <v>98.73</v>
+        <v>139.2</v>
       </c>
       <c r="O75" t="n">
-        <v>4906.08</v>
+        <v>0</v>
       </c>
       <c r="P75" t="n">
-        <v>1602</v>
+        <v>0</v>
       </c>
       <c r="Q75" t="n">
-        <v>1500</v>
+        <v>400</v>
       </c>
       <c r="R75" t="n">
-        <v>2.78</v>
+        <v>0</v>
       </c>
       <c r="S75" t="n">
-        <v>4119.59</v>
+        <v>65.86</v>
       </c>
       <c r="T75" t="inlineStr">
-        <is>
-[...11630 lines deleted...]
-      <c r="T237" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>