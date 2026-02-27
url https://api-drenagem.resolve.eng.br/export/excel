--- v1 (2026-02-27)
+++ v2 (2026-02-27)
@@ -854,4936 +854,4936 @@
       </c>
       <c r="O4" t="n">
         <v>0</v>
       </c>
       <c r="P4" t="n">
         <v>0</v>
       </c>
       <c r="Q4" t="n">
         <v>400</v>
       </c>
       <c r="R4" t="n">
         <v>0</v>
       </c>
       <c r="S4" t="n">
         <v>408.29</v>
       </c>
       <c r="T4" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1012</t>
+          <t>800 mm Concrete Pipe- 1028</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>PV143</t>
+          <t>PV22</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>PV144</t>
+          <t>PV23</t>
         </is>
       </c>
       <c r="E5" t="n">
-        <v>32.6</v>
+        <v>22.87</v>
       </c>
       <c r="F5" t="n">
-        <v>32.54</v>
+        <v>22.51</v>
       </c>
       <c r="G5" t="n">
-        <v>30.24</v>
+        <v>50</v>
       </c>
       <c r="H5" t="n">
-        <v>0.21</v>
+        <v>0.72</v>
       </c>
       <c r="I5" t="n">
-        <v>1.5054</v>
+        <v>0</v>
       </c>
       <c r="J5" t="n">
-        <v>1.5054</v>
+        <v>0</v>
       </c>
       <c r="K5" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L5" t="n">
         <v>10</v>
       </c>
       <c r="M5" t="n">
         <v>10</v>
       </c>
       <c r="N5" t="n">
         <v>139.2</v>
       </c>
       <c r="O5" t="n">
-        <v>291.05</v>
+        <v>0</v>
       </c>
       <c r="P5" t="n">
-        <v>607</v>
+        <v>0</v>
       </c>
       <c r="Q5" t="n">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="R5" t="n">
-        <v>0.58</v>
+        <v>0</v>
       </c>
       <c r="S5" t="n">
-        <v>607.46</v>
+        <v>176.38</v>
       </c>
       <c r="T5" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>1.500 mm Concrete Pipe- 330</t>
+          <t>800 mm Concrete Pipe- 973</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>PV6</t>
+          <t>PV136</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>PV7</t>
+          <t>PV34</t>
         </is>
       </c>
       <c r="E6" t="n">
-        <v>19.58</v>
+        <v>15.47</v>
       </c>
       <c r="F6" t="n">
-        <v>18.55</v>
+        <v>15.52</v>
       </c>
       <c r="G6" t="n">
-        <v>50</v>
+        <v>11.76</v>
       </c>
       <c r="H6" t="n">
-        <v>2.06</v>
+        <v>-0.47</v>
       </c>
       <c r="I6" t="n">
-        <v>0</v>
+        <v>0.7859</v>
       </c>
       <c r="J6" t="n">
-        <v>0</v>
+        <v>0.7859</v>
       </c>
       <c r="K6" t="n">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="L6" t="n">
         <v>10</v>
       </c>
       <c r="M6" t="n">
         <v>10</v>
       </c>
       <c r="N6" t="n">
         <v>139.2</v>
       </c>
       <c r="O6" t="n">
-        <v>0</v>
+        <v>151.96</v>
       </c>
       <c r="P6" t="n">
-        <v>0</v>
+        <v>547</v>
       </c>
       <c r="Q6" t="n">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="R6" t="n">
-        <v>0</v>
+        <v>0.54</v>
       </c>
       <c r="S6" t="n">
-        <v>299.21</v>
+        <v>194.18</v>
       </c>
       <c r="T6" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 973</t>
+          <t>400 mm Concrete Pipe- 1437</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>PV136</t>
+          <t>PV31</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>PV34</t>
+          <t>PV32</t>
         </is>
       </c>
       <c r="E7" t="n">
-        <v>15.47</v>
+        <v>16.25</v>
       </c>
       <c r="F7" t="n">
-        <v>15.52</v>
+        <v>15.65</v>
       </c>
       <c r="G7" t="n">
-        <v>11.76</v>
+        <v>50</v>
       </c>
       <c r="H7" t="n">
-        <v>-0.47</v>
+        <v>1.2</v>
       </c>
       <c r="I7" t="n">
-        <v>0.7859</v>
+        <v>0</v>
       </c>
       <c r="J7" t="n">
-        <v>0.7859</v>
+        <v>0</v>
       </c>
       <c r="K7" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L7" t="n">
         <v>10</v>
       </c>
       <c r="M7" t="n">
         <v>10</v>
       </c>
       <c r="N7" t="n">
         <v>139.2</v>
       </c>
       <c r="O7" t="n">
-        <v>151.96</v>
+        <v>0</v>
       </c>
       <c r="P7" t="n">
-        <v>547</v>
+        <v>0</v>
       </c>
       <c r="Q7" t="n">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="R7" t="n">
-        <v>0.54</v>
+        <v>0</v>
       </c>
       <c r="S7" t="n">
-        <v>194.18</v>
+        <v>228.35</v>
       </c>
       <c r="T7" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1006</t>
+          <t>800 mm Concrete Pipe- 991</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>CI7</t>
+          <t>PV43</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>CI8</t>
+          <t>PV123</t>
         </is>
       </c>
       <c r="E8" t="n">
-        <v>20.68</v>
+        <v>16.13</v>
       </c>
       <c r="F8" t="n">
-        <v>20.47</v>
+        <v>15.01</v>
       </c>
       <c r="G8" t="n">
-        <v>13.34</v>
+        <v>41.55</v>
       </c>
       <c r="H8" t="n">
-        <v>1.64</v>
+        <v>2.7</v>
       </c>
       <c r="I8" t="n">
         <v>0</v>
       </c>
       <c r="J8" t="n">
         <v>0</v>
       </c>
       <c r="K8" t="n">
         <v>0.6</v>
       </c>
       <c r="L8" t="n">
         <v>10</v>
       </c>
       <c r="M8" t="n">
         <v>10</v>
       </c>
       <c r="N8" t="n">
         <v>139.2</v>
       </c>
       <c r="O8" t="n">
         <v>0</v>
       </c>
       <c r="P8" t="n">
         <v>0</v>
       </c>
       <c r="Q8" t="n">
         <v>400</v>
       </c>
       <c r="R8" t="n">
         <v>0</v>
       </c>
       <c r="S8" t="n">
-        <v>266.45</v>
+        <v>342.42</v>
       </c>
       <c r="T8" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 990</t>
+          <t>1.000 mm Concrete Pipe- 381</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>PV152</t>
+          <t>PV44</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>PV43</t>
+          <t>PV45</t>
         </is>
       </c>
       <c r="E9" t="n">
-        <v>15.99</v>
+        <v>15.85</v>
       </c>
       <c r="F9" t="n">
-        <v>16.13</v>
+        <v>15.88</v>
       </c>
       <c r="G9" t="n">
-        <v>14.53</v>
+        <v>34.45</v>
       </c>
       <c r="H9" t="n">
-        <v>-0.98</v>
+        <v>-0.08</v>
       </c>
       <c r="I9" t="n">
-        <v>0.8554</v>
+        <v>0</v>
       </c>
       <c r="J9" t="n">
-        <v>0.8554</v>
+        <v>0</v>
       </c>
       <c r="K9" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L9" t="n">
         <v>10</v>
       </c>
       <c r="M9" t="n">
         <v>10</v>
       </c>
       <c r="N9" t="n">
         <v>139.2</v>
       </c>
       <c r="O9" t="n">
-        <v>165.38</v>
+        <v>0</v>
       </c>
       <c r="P9" t="n">
-        <v>565</v>
+        <v>0</v>
       </c>
       <c r="Q9" t="n">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="R9" t="n">
-        <v>0.58</v>
+        <v>0</v>
       </c>
       <c r="S9" t="n">
-        <v>194.18</v>
+        <v>65.86</v>
       </c>
       <c r="T9" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 1024</t>
+          <t>600 mm Concrete Pipe- 373</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>PV18</t>
+          <t>PV37</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>PV212</t>
+          <t>PV38</t>
         </is>
       </c>
       <c r="E10" t="n">
-        <v>28</v>
+        <v>19.66</v>
       </c>
       <c r="F10" t="n">
-        <v>27.1</v>
+        <v>18.8</v>
       </c>
       <c r="G10" t="n">
-        <v>16.55</v>
+        <v>23.59</v>
       </c>
       <c r="H10" t="n">
-        <v>5.43</v>
+        <v>3.65</v>
       </c>
       <c r="I10" t="n">
         <v>0</v>
       </c>
       <c r="J10" t="n">
         <v>0</v>
       </c>
       <c r="K10" t="n">
         <v>0.6</v>
       </c>
       <c r="L10" t="n">
         <v>10</v>
       </c>
       <c r="M10" t="n">
         <v>10</v>
       </c>
       <c r="N10" t="n">
         <v>139.2</v>
       </c>
       <c r="O10" t="n">
         <v>0</v>
       </c>
       <c r="P10" t="n">
         <v>0</v>
       </c>
       <c r="Q10" t="n">
         <v>400</v>
       </c>
       <c r="R10" t="n">
         <v>0</v>
       </c>
       <c r="S10" t="n">
-        <v>485.34</v>
+        <v>397.86</v>
       </c>
       <c r="T10" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1072</t>
+          <t>800 mm Concrete Pipe- 966</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>PV153</t>
+          <t>PV117</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>PV52</t>
+          <t>PV119</t>
         </is>
       </c>
       <c r="E11" t="n">
-        <v>14.8</v>
+        <v>17.93</v>
       </c>
       <c r="F11" t="n">
-        <v>13.8</v>
+        <v>17.64</v>
       </c>
       <c r="G11" t="n">
-        <v>32.94</v>
+        <v>30.88</v>
       </c>
       <c r="H11" t="n">
-        <v>3.04</v>
+        <v>0.9399999999999999</v>
       </c>
       <c r="I11" t="n">
         <v>0</v>
       </c>
       <c r="J11" t="n">
         <v>0</v>
       </c>
       <c r="K11" t="n">
         <v>0.6</v>
       </c>
       <c r="L11" t="n">
         <v>10</v>
       </c>
       <c r="M11" t="n">
         <v>10</v>
       </c>
       <c r="N11" t="n">
         <v>139.2</v>
       </c>
       <c r="O11" t="n">
         <v>0</v>
       </c>
       <c r="P11" t="n">
         <v>0</v>
       </c>
       <c r="Q11" t="n">
         <v>400</v>
       </c>
       <c r="R11" t="n">
         <v>0</v>
       </c>
       <c r="S11" t="n">
-        <v>362.88</v>
+        <v>201.73</v>
       </c>
       <c r="T11" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 1014</t>
+          <t>600 mm Concrete Pipe- 372</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>PV145</t>
+          <t>PV36</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>PV13</t>
+          <t>PV37</t>
         </is>
       </c>
       <c r="E12" t="n">
-        <v>32.77</v>
+        <v>20.1</v>
       </c>
       <c r="F12" t="n">
-        <v>32.26</v>
+        <v>19.66</v>
       </c>
       <c r="G12" t="n">
-        <v>54.54</v>
+        <v>29.01</v>
       </c>
       <c r="H12" t="n">
-        <v>0.95</v>
+        <v>1.51</v>
       </c>
       <c r="I12" t="n">
         <v>0</v>
       </c>
       <c r="J12" t="n">
         <v>0</v>
       </c>
       <c r="K12" t="n">
         <v>0.6</v>
       </c>
       <c r="L12" t="n">
         <v>10</v>
       </c>
       <c r="M12" t="n">
         <v>10</v>
       </c>
       <c r="N12" t="n">
         <v>139.2</v>
       </c>
       <c r="O12" t="n">
         <v>0</v>
       </c>
       <c r="P12" t="n">
         <v>0</v>
       </c>
       <c r="Q12" t="n">
         <v>400</v>
       </c>
       <c r="R12" t="n">
         <v>0</v>
       </c>
       <c r="S12" t="n">
-        <v>202.67</v>
+        <v>255.82</v>
       </c>
       <c r="T12" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 1024 (1)</t>
+          <t>800 mm Concrete Pipe- 1024</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
+          <t>PV18</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
           <t>PV212</t>
         </is>
       </c>
-      <c r="D13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E13" t="n">
+        <v>28</v>
+      </c>
+      <c r="F13" t="n">
         <v>27.1</v>
       </c>
-      <c r="F13" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G13" t="n">
-        <v>33.45</v>
+        <v>16.55</v>
       </c>
       <c r="H13" t="n">
-        <v>3.16</v>
+        <v>5.43</v>
       </c>
       <c r="I13" t="n">
         <v>0</v>
       </c>
       <c r="J13" t="n">
         <v>0</v>
       </c>
       <c r="K13" t="n">
         <v>0.6</v>
       </c>
       <c r="L13" t="n">
         <v>10</v>
       </c>
       <c r="M13" t="n">
-        <v>12.76</v>
+        <v>10</v>
       </c>
       <c r="N13" t="n">
-        <v>126.64</v>
+        <v>139.2</v>
       </c>
       <c r="O13" t="n">
         <v>0</v>
       </c>
       <c r="P13" t="n">
         <v>0</v>
       </c>
       <c r="Q13" t="n">
         <v>400</v>
       </c>
       <c r="R13" t="n">
         <v>0</v>
       </c>
       <c r="S13" t="n">
-        <v>370.49</v>
+        <v>485.34</v>
       </c>
       <c r="T13" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1074</t>
+          <t>400 mm Concrete Pipe- 1428</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>PV53</t>
+          <t>PV23</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>CI14</t>
+          <t>PV24</t>
         </is>
       </c>
       <c r="E14" t="n">
-        <v>14.25</v>
+        <v>22.51</v>
       </c>
       <c r="F14" t="n">
-        <v>15.15</v>
+        <v>21.8</v>
       </c>
       <c r="G14" t="n">
-        <v>19.88</v>
+        <v>50</v>
       </c>
       <c r="H14" t="n">
-        <v>-4.54</v>
+        <v>1.42</v>
       </c>
       <c r="I14" t="n">
         <v>0</v>
       </c>
       <c r="J14" t="n">
         <v>0</v>
       </c>
       <c r="K14" t="n">
         <v>0.6</v>
       </c>
       <c r="L14" t="n">
         <v>10</v>
       </c>
       <c r="M14" t="n">
-        <v>10</v>
+        <v>18.33</v>
       </c>
       <c r="N14" t="n">
-        <v>139.2</v>
+        <v>107.97</v>
       </c>
       <c r="O14" t="n">
         <v>0</v>
       </c>
       <c r="P14" t="n">
         <v>0</v>
       </c>
       <c r="Q14" t="n">
         <v>400</v>
       </c>
       <c r="R14" t="n">
         <v>0</v>
       </c>
       <c r="S14" t="n">
-        <v>65.86</v>
+        <v>247.86</v>
       </c>
       <c r="T14" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 967</t>
+          <t>1.500 mm Concrete Pipe- 330</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>TRECHO1 (3)</t>
+          <t>PV6</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>PV135</t>
+          <t>PV7</t>
         </is>
       </c>
       <c r="E15" t="n">
-        <v>17.83</v>
+        <v>19.58</v>
       </c>
       <c r="F15" t="n">
-        <v>17.65</v>
+        <v>18.55</v>
       </c>
       <c r="G15" t="n">
-        <v>14.61</v>
+        <v>50</v>
       </c>
       <c r="H15" t="n">
-        <v>1.22</v>
+        <v>2.06</v>
       </c>
       <c r="I15" t="n">
         <v>0</v>
       </c>
       <c r="J15" t="n">
         <v>0</v>
       </c>
       <c r="K15" t="n">
         <v>0.6</v>
       </c>
       <c r="L15" t="n">
         <v>10</v>
       </c>
       <c r="M15" t="n">
         <v>10</v>
       </c>
       <c r="N15" t="n">
         <v>139.2</v>
       </c>
       <c r="O15" t="n">
         <v>0</v>
       </c>
       <c r="P15" t="n">
         <v>0</v>
       </c>
       <c r="Q15" t="n">
         <v>400</v>
       </c>
       <c r="R15" t="n">
         <v>0</v>
       </c>
       <c r="S15" t="n">
-        <v>229.97</v>
+        <v>299.21</v>
       </c>
       <c r="T15" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1004</t>
+          <t>800 mm Concrete Pipe- 473</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>PV140</t>
+          <t>PV116</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>PV10</t>
+          <t>PV117</t>
         </is>
       </c>
       <c r="E16" t="n">
-        <v>19.89</v>
+        <v>20.69</v>
       </c>
       <c r="F16" t="n">
-        <v>19.15</v>
+        <v>17.93</v>
       </c>
       <c r="G16" t="n">
-        <v>22.14</v>
+        <v>60</v>
       </c>
       <c r="H16" t="n">
-        <v>3.34</v>
+        <v>4.6</v>
       </c>
       <c r="I16" t="n">
         <v>0</v>
       </c>
       <c r="J16" t="n">
         <v>0</v>
       </c>
       <c r="K16" t="n">
         <v>0.6</v>
       </c>
       <c r="L16" t="n">
         <v>10</v>
       </c>
       <c r="M16" t="n">
         <v>10</v>
       </c>
       <c r="N16" t="n">
         <v>139.2</v>
       </c>
       <c r="O16" t="n">
         <v>0</v>
       </c>
       <c r="P16" t="n">
         <v>0</v>
       </c>
       <c r="Q16" t="n">
         <v>400</v>
       </c>
       <c r="R16" t="n">
         <v>0</v>
       </c>
       <c r="S16" t="n">
-        <v>380.88</v>
+        <v>446.68</v>
       </c>
       <c r="T16" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 1064</t>
+          <t>800 mm Concrete Pipe- 1026</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>PV138</t>
+          <t>PV20</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>CI5</t>
+          <t>PV21</t>
         </is>
       </c>
       <c r="E17" t="n">
-        <v>15.52</v>
+        <v>24.52</v>
       </c>
       <c r="F17" t="n">
-        <v>15.42</v>
+        <v>23.72</v>
       </c>
       <c r="G17" t="n">
-        <v>13.5</v>
+        <v>50</v>
       </c>
       <c r="H17" t="n">
-        <v>0.75</v>
+        <v>1.6</v>
       </c>
       <c r="I17" t="n">
         <v>0</v>
       </c>
       <c r="J17" t="n">
         <v>0</v>
       </c>
       <c r="K17" t="n">
         <v>0.6</v>
       </c>
       <c r="L17" t="n">
         <v>10</v>
       </c>
       <c r="M17" t="n">
         <v>10</v>
       </c>
       <c r="N17" t="n">
         <v>139.2</v>
       </c>
       <c r="O17" t="n">
         <v>0</v>
       </c>
       <c r="P17" t="n">
         <v>0</v>
       </c>
       <c r="Q17" t="n">
         <v>400</v>
       </c>
       <c r="R17" t="n">
         <v>0</v>
       </c>
       <c r="S17" t="n">
-        <v>180.69</v>
+        <v>263.75</v>
       </c>
       <c r="T17" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1003</t>
+          <t>800 mm Concrete Pipe- 1025</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>CI8</t>
+          <t>PV19</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>PV140</t>
+          <t>PV20</t>
         </is>
       </c>
       <c r="E18" t="n">
-        <v>20.47</v>
+        <v>26.04</v>
       </c>
       <c r="F18" t="n">
-        <v>19.89</v>
+        <v>24.52</v>
       </c>
       <c r="G18" t="n">
-        <v>17.25</v>
+        <v>50</v>
       </c>
       <c r="H18" t="n">
-        <v>3.33</v>
+        <v>3.05</v>
       </c>
       <c r="I18" t="n">
         <v>0</v>
       </c>
       <c r="J18" t="n">
         <v>0</v>
       </c>
       <c r="K18" t="n">
         <v>0.6</v>
       </c>
       <c r="L18" t="n">
         <v>10</v>
       </c>
       <c r="M18" t="n">
-        <v>12.22</v>
+        <v>10</v>
       </c>
       <c r="N18" t="n">
-        <v>128.86</v>
+        <v>139.2</v>
       </c>
       <c r="O18" t="n">
         <v>0</v>
       </c>
       <c r="P18" t="n">
         <v>0</v>
       </c>
       <c r="Q18" t="n">
         <v>400</v>
       </c>
       <c r="R18" t="n">
         <v>0</v>
       </c>
       <c r="S18" t="n">
-        <v>379.81</v>
+        <v>363.81</v>
       </c>
       <c r="T18" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 1026</t>
+          <t>1.500 mm Concrete Pipe- 328</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>PV20</t>
+          <t>PV4</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>PV21</t>
+          <t>PV5</t>
         </is>
       </c>
       <c r="E19" t="n">
-        <v>24.52</v>
+        <v>19.8</v>
       </c>
       <c r="F19" t="n">
-        <v>23.72</v>
+        <v>20</v>
       </c>
       <c r="G19" t="n">
         <v>50</v>
       </c>
       <c r="H19" t="n">
-        <v>1.6</v>
+        <v>-0.4</v>
       </c>
       <c r="I19" t="n">
         <v>0</v>
       </c>
       <c r="J19" t="n">
         <v>0</v>
       </c>
       <c r="K19" t="n">
         <v>0.6</v>
       </c>
       <c r="L19" t="n">
         <v>10</v>
       </c>
       <c r="M19" t="n">
         <v>10</v>
       </c>
       <c r="N19" t="n">
         <v>139.2</v>
       </c>
       <c r="O19" t="n">
         <v>0</v>
       </c>
       <c r="P19" t="n">
         <v>0</v>
       </c>
       <c r="Q19" t="n">
         <v>400</v>
       </c>
       <c r="R19" t="n">
         <v>0</v>
       </c>
       <c r="S19" t="n">
-        <v>263.75</v>
+        <v>65.86</v>
       </c>
       <c r="T19" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1430</t>
+          <t>800 mm Concrete Pipe- 1025</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>PV25</t>
+          <t>PV19</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>PV26</t>
+          <t>PV20</t>
         </is>
       </c>
       <c r="E20" t="n">
-        <v>21.23</v>
+        <v>26.04</v>
       </c>
       <c r="F20" t="n">
-        <v>21.06</v>
+        <v>24.52</v>
       </c>
       <c r="G20" t="n">
         <v>50</v>
       </c>
       <c r="H20" t="n">
-        <v>0.34</v>
+        <v>3.05</v>
       </c>
       <c r="I20" t="n">
         <v>0</v>
       </c>
       <c r="J20" t="n">
         <v>0</v>
       </c>
       <c r="K20" t="n">
         <v>0.6</v>
       </c>
       <c r="L20" t="n">
         <v>10</v>
       </c>
       <c r="M20" t="n">
         <v>10</v>
       </c>
       <c r="N20" t="n">
         <v>139.2</v>
       </c>
       <c r="O20" t="n">
         <v>0</v>
       </c>
       <c r="P20" t="n">
         <v>0</v>
       </c>
       <c r="Q20" t="n">
         <v>400</v>
       </c>
       <c r="R20" t="n">
         <v>0</v>
       </c>
       <c r="S20" t="n">
-        <v>121.37</v>
+        <v>363.81</v>
       </c>
       <c r="T20" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1433</t>
+          <t>800 mm Concrete Pipe- 1026</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>PV28</t>
+          <t>PV20</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>PV29</t>
+          <t>PV21</t>
         </is>
       </c>
       <c r="E21" t="n">
-        <v>19.88</v>
+        <v>24.52</v>
       </c>
       <c r="F21" t="n">
-        <v>19.95</v>
+        <v>23.72</v>
       </c>
       <c r="G21" t="n">
         <v>50</v>
       </c>
       <c r="H21" t="n">
-        <v>-0.14</v>
+        <v>1.6</v>
       </c>
       <c r="I21" t="n">
         <v>0</v>
       </c>
       <c r="J21" t="n">
         <v>0</v>
       </c>
       <c r="K21" t="n">
         <v>0.6</v>
       </c>
       <c r="L21" t="n">
         <v>10</v>
       </c>
       <c r="M21" t="n">
-        <v>10</v>
+        <v>18.33</v>
       </c>
       <c r="N21" t="n">
-        <v>139.2</v>
+        <v>107.97</v>
       </c>
       <c r="O21" t="n">
         <v>0</v>
       </c>
       <c r="P21" t="n">
         <v>0</v>
       </c>
       <c r="Q21" t="n">
         <v>400</v>
       </c>
       <c r="R21" t="n">
         <v>0</v>
       </c>
       <c r="S21" t="n">
-        <v>65.86</v>
+        <v>263.75</v>
       </c>
       <c r="T21" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>1.500 mm Concrete Pipe- 329</t>
+          <t>800 mm Concrete Pipe- 1027</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>PV5</t>
+          <t>PV21</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>PV6</t>
+          <t>PV213</t>
         </is>
       </c>
       <c r="E22" t="n">
-        <v>20</v>
+        <v>23.72</v>
       </c>
       <c r="F22" t="n">
-        <v>19.58</v>
+        <v>23.36</v>
       </c>
       <c r="G22" t="n">
-        <v>48.73</v>
+        <v>21.52</v>
       </c>
       <c r="H22" t="n">
-        <v>0.85</v>
+        <v>1.66</v>
       </c>
       <c r="I22" t="n">
         <v>0</v>
       </c>
       <c r="J22" t="n">
         <v>0</v>
       </c>
       <c r="K22" t="n">
         <v>0.6</v>
       </c>
       <c r="L22" t="n">
         <v>10</v>
       </c>
       <c r="M22" t="n">
-        <v>10</v>
+        <v>26.67</v>
       </c>
       <c r="N22" t="n">
-        <v>139.2</v>
+        <v>89.59</v>
       </c>
       <c r="O22" t="n">
         <v>0</v>
       </c>
       <c r="P22" t="n">
         <v>0</v>
       </c>
       <c r="Q22" t="n">
         <v>400</v>
       </c>
       <c r="R22" t="n">
         <v>0</v>
       </c>
       <c r="S22" t="n">
-        <v>191.95</v>
+        <v>268.56</v>
       </c>
       <c r="T22" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>1.500 mm Concrete Pipe- 331</t>
+          <t>800 mm Concrete Pipe- 336</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>PV7</t>
+          <t>PV10</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>PV8</t>
+          <t>PV11</t>
         </is>
       </c>
       <c r="E23" t="n">
-        <v>18.55</v>
+        <v>19.15</v>
       </c>
       <c r="F23" t="n">
-        <v>18.8</v>
+        <v>18.13</v>
       </c>
       <c r="G23" t="n">
-        <v>23.61</v>
+        <v>30.14</v>
       </c>
       <c r="H23" t="n">
-        <v>-1.05</v>
+        <v>3.4</v>
       </c>
       <c r="I23" t="n">
         <v>0</v>
       </c>
       <c r="J23" t="n">
         <v>0</v>
       </c>
       <c r="K23" t="n">
         <v>0.6</v>
       </c>
       <c r="L23" t="n">
         <v>10</v>
       </c>
       <c r="M23" t="n">
-        <v>18.33</v>
+        <v>10</v>
       </c>
       <c r="N23" t="n">
-        <v>107.97</v>
+        <v>139.2</v>
       </c>
       <c r="O23" t="n">
         <v>0</v>
       </c>
       <c r="P23" t="n">
         <v>0</v>
       </c>
       <c r="Q23" t="n">
         <v>400</v>
       </c>
       <c r="R23" t="n">
         <v>0</v>
       </c>
       <c r="S23" t="n">
-        <v>65.86</v>
+        <v>384.06</v>
       </c>
       <c r="T23" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 1025</t>
+          <t>600 mm Concrete Pipe- 922</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>PV19</t>
+          <t>PV39</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>PV20</t>
+          <t>PV40</t>
         </is>
       </c>
       <c r="E24" t="n">
-        <v>26.04</v>
+        <v>17.8</v>
       </c>
       <c r="F24" t="n">
-        <v>24.52</v>
+        <v>16.82</v>
       </c>
       <c r="G24" t="n">
         <v>50</v>
       </c>
       <c r="H24" t="n">
-        <v>3.05</v>
+        <v>1.97</v>
       </c>
       <c r="I24" t="n">
-        <v>0</v>
+        <v>1.4531</v>
       </c>
       <c r="J24" t="n">
-        <v>0</v>
+        <v>1.4531</v>
       </c>
       <c r="K24" t="n">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="L24" t="n">
         <v>10</v>
       </c>
       <c r="M24" t="n">
-        <v>18.33</v>
+        <v>10</v>
       </c>
       <c r="N24" t="n">
-        <v>107.97</v>
+        <v>139.2</v>
       </c>
       <c r="O24" t="n">
-        <v>0</v>
+        <v>280.95</v>
       </c>
       <c r="P24" t="n">
-        <v>0</v>
+        <v>394</v>
       </c>
       <c r="Q24" t="n">
         <v>400</v>
       </c>
       <c r="R24" t="n">
-        <v>0</v>
+        <v>2.24</v>
       </c>
       <c r="S24" t="n">
-        <v>363.81</v>
+        <v>292.14</v>
       </c>
       <c r="T24" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1431</t>
+          <t>600 mm Concrete Pipe- 371</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>PV26</t>
+          <t>TRECHO 3</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>PV27</t>
+          <t>PV36</t>
         </is>
       </c>
       <c r="E25" t="n">
-        <v>21.06</v>
+        <v>20.97</v>
       </c>
       <c r="F25" t="n">
-        <v>20.35</v>
+        <v>20.1</v>
       </c>
       <c r="G25" t="n">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="H25" t="n">
-        <v>1.42</v>
+        <v>2.92</v>
       </c>
       <c r="I25" t="n">
         <v>0</v>
       </c>
       <c r="J25" t="n">
         <v>0</v>
       </c>
       <c r="K25" t="n">
         <v>0.6</v>
       </c>
       <c r="L25" t="n">
         <v>10</v>
       </c>
       <c r="M25" t="n">
-        <v>18.33</v>
+        <v>10</v>
       </c>
       <c r="N25" t="n">
-        <v>107.97</v>
+        <v>139.2</v>
       </c>
       <c r="O25" t="n">
         <v>0</v>
       </c>
       <c r="P25" t="n">
         <v>0</v>
       </c>
       <c r="Q25" t="n">
         <v>400</v>
       </c>
       <c r="R25" t="n">
         <v>0</v>
       </c>
       <c r="S25" t="n">
-        <v>248.44</v>
+        <v>355.78</v>
       </c>
       <c r="T25" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 1026</t>
+          <t>800 mm Concrete Pipe- 337</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>PV20</t>
+          <t>PV11</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>PV21</t>
+          <t>TRECHO1 (3)</t>
         </is>
       </c>
       <c r="E26" t="n">
-        <v>24.52</v>
+        <v>18.13</v>
       </c>
       <c r="F26" t="n">
-        <v>23.72</v>
+        <v>17.83</v>
       </c>
       <c r="G26" t="n">
-        <v>50</v>
+        <v>23.36</v>
       </c>
       <c r="H26" t="n">
-        <v>1.6</v>
+        <v>1.28</v>
       </c>
       <c r="I26" t="n">
         <v>0</v>
       </c>
       <c r="J26" t="n">
         <v>0</v>
       </c>
       <c r="K26" t="n">
         <v>0.6</v>
       </c>
       <c r="L26" t="n">
         <v>10</v>
       </c>
       <c r="M26" t="n">
-        <v>26.67</v>
+        <v>15.02</v>
       </c>
       <c r="N26" t="n">
-        <v>89.59</v>
+        <v>118.17</v>
       </c>
       <c r="O26" t="n">
         <v>0</v>
       </c>
       <c r="P26" t="n">
         <v>0</v>
       </c>
       <c r="Q26" t="n">
         <v>400</v>
       </c>
       <c r="R26" t="n">
         <v>0</v>
       </c>
       <c r="S26" t="n">
-        <v>263.75</v>
+        <v>236.02</v>
       </c>
       <c r="T26" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 384</t>
+          <t>800 mm Concrete Pipe- 1026</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>PV34</t>
+          <t>PV20</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>PV46</t>
+          <t>PV21</t>
         </is>
       </c>
       <c r="E27" t="n">
-        <v>15.52</v>
+        <v>24.52</v>
       </c>
       <c r="F27" t="n">
-        <v>15.61</v>
+        <v>23.72</v>
       </c>
       <c r="G27" t="n">
-        <v>34.86</v>
+        <v>50</v>
       </c>
       <c r="H27" t="n">
-        <v>-0.26</v>
+        <v>1.6</v>
       </c>
       <c r="I27" t="n">
         <v>0</v>
       </c>
       <c r="J27" t="n">
-        <v>0.7859</v>
+        <v>0</v>
       </c>
       <c r="K27" t="n">
         <v>0.6</v>
       </c>
       <c r="L27" t="n">
         <v>10</v>
       </c>
       <c r="M27" t="n">
-        <v>10.36</v>
+        <v>18.33</v>
       </c>
       <c r="N27" t="n">
-        <v>137.36</v>
+        <v>107.97</v>
       </c>
       <c r="O27" t="n">
-        <v>179.95</v>
+        <v>0</v>
       </c>
       <c r="P27" t="n">
-        <v>583</v>
+        <v>0</v>
       </c>
       <c r="Q27" t="n">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="R27" t="n">
-        <v>0.64</v>
+        <v>0</v>
       </c>
       <c r="S27" t="n">
-        <v>194.18</v>
+        <v>263.75</v>
       </c>
       <c r="T27" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1077</t>
+          <t>400 mm Concrete Pipe- 1431</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>CI12</t>
+          <t>PV26</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>PV53</t>
+          <t>PV27</t>
         </is>
       </c>
       <c r="E28" t="n">
-        <v>14.04</v>
+        <v>21.06</v>
       </c>
       <c r="F28" t="n">
-        <v>14.25</v>
+        <v>20.35</v>
       </c>
       <c r="G28" t="n">
-        <v>11.08</v>
+        <v>50</v>
       </c>
       <c r="H28" t="n">
-        <v>-1.88</v>
+        <v>1.42</v>
       </c>
       <c r="I28" t="n">
         <v>0</v>
       </c>
       <c r="J28" t="n">
         <v>0</v>
       </c>
       <c r="K28" t="n">
         <v>0.6</v>
       </c>
       <c r="L28" t="n">
         <v>10</v>
       </c>
       <c r="M28" t="n">
         <v>10</v>
       </c>
       <c r="N28" t="n">
         <v>139.2</v>
       </c>
       <c r="O28" t="n">
         <v>0</v>
       </c>
       <c r="P28" t="n">
         <v>0</v>
       </c>
       <c r="Q28" t="n">
         <v>400</v>
       </c>
       <c r="R28" t="n">
         <v>0</v>
       </c>
       <c r="S28" t="n">
-        <v>65.86</v>
+        <v>248.44</v>
       </c>
       <c r="T28" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 1024 (1)</t>
+          <t>600 mm Concrete Pipe- 1013</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>PV212</t>
+          <t>PV144</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>PV19</t>
+          <t>PV145</t>
         </is>
       </c>
       <c r="E29" t="n">
-        <v>27.1</v>
+        <v>32.54</v>
       </c>
       <c r="F29" t="n">
-        <v>26.04</v>
+        <v>32.77</v>
       </c>
       <c r="G29" t="n">
-        <v>33.45</v>
+        <v>35.46</v>
       </c>
       <c r="H29" t="n">
-        <v>3.16</v>
+        <v>-0.65</v>
       </c>
       <c r="I29" t="n">
         <v>0</v>
       </c>
       <c r="J29" t="n">
         <v>0</v>
       </c>
       <c r="K29" t="n">
         <v>0.6</v>
       </c>
       <c r="L29" t="n">
         <v>10</v>
       </c>
       <c r="M29" t="n">
-        <v>12.76</v>
+        <v>10</v>
       </c>
       <c r="N29" t="n">
-        <v>126.64</v>
+        <v>139.2</v>
       </c>
       <c r="O29" t="n">
         <v>0</v>
       </c>
       <c r="P29" t="n">
         <v>0</v>
       </c>
       <c r="Q29" t="n">
         <v>400</v>
       </c>
       <c r="R29" t="n">
         <v>0</v>
       </c>
       <c r="S29" t="n">
-        <v>370.49</v>
+        <v>65.86</v>
       </c>
       <c r="T29" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1432</t>
+          <t>800 mm Concrete Pipe- 969</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>PV27</t>
+          <t>PV33</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>PV28</t>
+          <t>977</t>
         </is>
       </c>
       <c r="E30" t="n">
-        <v>20.35</v>
+        <v>15.43</v>
       </c>
       <c r="F30" t="n">
-        <v>19.88</v>
+        <v>13.1</v>
       </c>
       <c r="G30" t="n">
-        <v>50</v>
+        <v>10.22</v>
       </c>
       <c r="H30" t="n">
-        <v>0.9399999999999999</v>
+        <v>22.74</v>
       </c>
       <c r="I30" t="n">
         <v>0</v>
       </c>
       <c r="J30" t="n">
         <v>0</v>
       </c>
       <c r="K30" t="n">
         <v>0.6</v>
       </c>
       <c r="L30" t="n">
         <v>10</v>
       </c>
       <c r="M30" t="n">
-        <v>26.67</v>
+        <v>10</v>
       </c>
       <c r="N30" t="n">
-        <v>89.59</v>
+        <v>139.2</v>
       </c>
       <c r="O30" t="n">
         <v>0</v>
       </c>
       <c r="P30" t="n">
         <v>0</v>
       </c>
       <c r="Q30" t="n">
         <v>400</v>
       </c>
       <c r="R30" t="n">
         <v>0</v>
       </c>
       <c r="S30" t="n">
-        <v>201.45</v>
+        <v>993.1799999999999</v>
       </c>
       <c r="T30" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 991</t>
+          <t>1.000 mm Concrete Pipe- 382</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>PV43</t>
+          <t>PV45</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>PV123</t>
+          <t>PV34</t>
         </is>
       </c>
       <c r="E31" t="n">
-        <v>16.13</v>
+        <v>15.88</v>
       </c>
       <c r="F31" t="n">
-        <v>15.01</v>
+        <v>15.52</v>
       </c>
       <c r="G31" t="n">
-        <v>41.55</v>
+        <v>30.43</v>
       </c>
       <c r="H31" t="n">
-        <v>2.7</v>
+        <v>1.16</v>
       </c>
       <c r="I31" t="n">
         <v>0</v>
       </c>
       <c r="J31" t="n">
-        <v>0.8554</v>
+        <v>0</v>
       </c>
       <c r="K31" t="n">
         <v>0.6</v>
       </c>
       <c r="L31" t="n">
         <v>10</v>
       </c>
       <c r="M31" t="n">
-        <v>10.41</v>
+        <v>15.74</v>
       </c>
       <c r="N31" t="n">
-        <v>137.12</v>
+        <v>115.76</v>
       </c>
       <c r="O31" t="n">
-        <v>195.49</v>
+        <v>0</v>
       </c>
       <c r="P31" t="n">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="Q31" t="n">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="R31" t="n">
-        <v>0.6899999999999999</v>
+        <v>0</v>
       </c>
       <c r="S31" t="n">
-        <v>1009.57</v>
+        <v>224.46</v>
       </c>
       <c r="T31" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 948 (1)</t>
+          <t>400 mm Concrete Pipe- 1074</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>CI15</t>
+          <t>PV53</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>PV134</t>
+          <t>CI14</t>
         </is>
       </c>
       <c r="E32" t="n">
-        <v>16.8</v>
+        <v>14.25</v>
       </c>
       <c r="F32" t="n">
-        <v>16.79</v>
+        <v>15.15</v>
       </c>
       <c r="G32" t="n">
-        <v>26.58</v>
+        <v>19.88</v>
       </c>
       <c r="H32" t="n">
-        <v>0.03</v>
+        <v>-4.54</v>
       </c>
       <c r="I32" t="n">
         <v>0</v>
       </c>
       <c r="J32" t="n">
         <v>0</v>
       </c>
       <c r="K32" t="n">
         <v>0.6</v>
       </c>
       <c r="L32" t="n">
         <v>10</v>
       </c>
       <c r="M32" t="n">
         <v>10</v>
       </c>
       <c r="N32" t="n">
         <v>139.2</v>
       </c>
       <c r="O32" t="n">
         <v>0</v>
       </c>
       <c r="P32" t="n">
         <v>0</v>
       </c>
       <c r="Q32" t="n">
         <v>400</v>
       </c>
       <c r="R32" t="n">
         <v>0</v>
       </c>
       <c r="S32" t="n">
         <v>65.86</v>
       </c>
       <c r="T32" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 1027 (1)</t>
+          <t>800 mm Concrete Pipe- 1024</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>PV213</t>
+          <t>PV18</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>PV22</t>
+          <t>PV212</t>
         </is>
       </c>
       <c r="E33" t="n">
-        <v>23.36</v>
+        <v>28</v>
       </c>
       <c r="F33" t="n">
-        <v>22.87</v>
+        <v>27.1</v>
       </c>
       <c r="G33" t="n">
-        <v>28.33</v>
+        <v>16.55</v>
       </c>
       <c r="H33" t="n">
-        <v>1.73</v>
+        <v>5.43</v>
       </c>
       <c r="I33" t="n">
         <v>0</v>
       </c>
       <c r="J33" t="n">
         <v>0</v>
       </c>
       <c r="K33" t="n">
         <v>0.6</v>
       </c>
       <c r="L33" t="n">
         <v>10</v>
       </c>
       <c r="M33" t="n">
         <v>10</v>
       </c>
       <c r="N33" t="n">
         <v>139.2</v>
       </c>
       <c r="O33" t="n">
         <v>0</v>
       </c>
       <c r="P33" t="n">
         <v>0</v>
       </c>
       <c r="Q33" t="n">
         <v>400</v>
       </c>
       <c r="R33" t="n">
         <v>0</v>
       </c>
       <c r="S33" t="n">
-        <v>273.73</v>
+        <v>485.34</v>
       </c>
       <c r="T33" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 473</t>
+          <t>1.000 mm Concrete Pipe- 384</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>PV116</t>
+          <t>PV34</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>PV117</t>
+          <t>PV46</t>
         </is>
       </c>
       <c r="E34" t="n">
-        <v>20.69</v>
+        <v>15.52</v>
       </c>
       <c r="F34" t="n">
-        <v>17.93</v>
+        <v>15.61</v>
       </c>
       <c r="G34" t="n">
-        <v>60</v>
+        <v>34.86</v>
       </c>
       <c r="H34" t="n">
-        <v>4.6</v>
+        <v>-0.26</v>
       </c>
       <c r="I34" t="n">
         <v>0</v>
       </c>
       <c r="J34" t="n">
-        <v>0</v>
+        <v>0.7859</v>
       </c>
       <c r="K34" t="n">
         <v>0.6</v>
       </c>
       <c r="L34" t="n">
         <v>10</v>
       </c>
       <c r="M34" t="n">
-        <v>10</v>
+        <v>20.81</v>
       </c>
       <c r="N34" t="n">
-        <v>139.2</v>
+        <v>101.6</v>
       </c>
       <c r="O34" t="n">
-        <v>0</v>
+        <v>133.09</v>
       </c>
       <c r="P34" t="n">
-        <v>0</v>
+        <v>521</v>
       </c>
       <c r="Q34" t="n">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="R34" t="n">
-        <v>0</v>
+        <v>0.47</v>
       </c>
       <c r="S34" t="n">
-        <v>446.68</v>
+        <v>194.18</v>
       </c>
       <c r="T34" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1436</t>
+          <t>400 mm Concrete Pipe- 1072</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>PV30</t>
+          <t>PV153</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>PV31</t>
+          <t>PV52</t>
         </is>
       </c>
       <c r="E35" t="n">
-        <v>18.05</v>
+        <v>14.8</v>
       </c>
       <c r="F35" t="n">
-        <v>16.25</v>
+        <v>13.8</v>
       </c>
       <c r="G35" t="n">
-        <v>50</v>
+        <v>32.94</v>
       </c>
       <c r="H35" t="n">
-        <v>3.6</v>
+        <v>3.04</v>
       </c>
       <c r="I35" t="n">
         <v>0</v>
       </c>
       <c r="J35" t="n">
         <v>0</v>
       </c>
       <c r="K35" t="n">
         <v>0.6</v>
       </c>
       <c r="L35" t="n">
         <v>10</v>
       </c>
       <c r="M35" t="n">
         <v>10</v>
       </c>
       <c r="N35" t="n">
         <v>139.2</v>
       </c>
       <c r="O35" t="n">
         <v>0</v>
       </c>
       <c r="P35" t="n">
         <v>0</v>
       </c>
       <c r="Q35" t="n">
         <v>400</v>
       </c>
       <c r="R35" t="n">
         <v>0</v>
       </c>
       <c r="S35" t="n">
-        <v>395.09</v>
+        <v>362.88</v>
       </c>
       <c r="T35" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 922</t>
+          <t>400 mm Concrete Pipe- 1005</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>PV39</t>
+          <t>CI6</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>PV40</t>
+          <t>CI8</t>
         </is>
       </c>
       <c r="E36" t="n">
-        <v>17.8</v>
+        <v>20.26</v>
       </c>
       <c r="F36" t="n">
-        <v>16.82</v>
+        <v>20.47</v>
       </c>
       <c r="G36" t="n">
-        <v>50</v>
+        <v>12.8</v>
       </c>
       <c r="H36" t="n">
-        <v>1.97</v>
+        <v>-1.64</v>
       </c>
       <c r="I36" t="n">
-        <v>1.4531</v>
+        <v>0</v>
       </c>
       <c r="J36" t="n">
-        <v>1.4531</v>
+        <v>0</v>
       </c>
       <c r="K36" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L36" t="n">
         <v>10</v>
       </c>
       <c r="M36" t="n">
         <v>10</v>
       </c>
       <c r="N36" t="n">
         <v>139.2</v>
       </c>
       <c r="O36" t="n">
-        <v>280.95</v>
+        <v>0</v>
       </c>
       <c r="P36" t="n">
-        <v>394</v>
+        <v>0</v>
       </c>
       <c r="Q36" t="n">
         <v>400</v>
       </c>
       <c r="R36" t="n">
-        <v>2.24</v>
+        <v>0</v>
       </c>
       <c r="S36" t="n">
-        <v>292.14</v>
+        <v>65.86</v>
       </c>
       <c r="T36" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 1025</t>
+          <t>400 mm Concrete Pipe- 1432</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>PV19</t>
+          <t>PV27</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>PV20</t>
+          <t>PV28</t>
         </is>
       </c>
       <c r="E37" t="n">
-        <v>26.04</v>
+        <v>20.35</v>
       </c>
       <c r="F37" t="n">
-        <v>24.52</v>
+        <v>19.88</v>
       </c>
       <c r="G37" t="n">
         <v>50</v>
       </c>
       <c r="H37" t="n">
-        <v>3.05</v>
+        <v>0.9399999999999999</v>
       </c>
       <c r="I37" t="n">
         <v>0</v>
       </c>
       <c r="J37" t="n">
         <v>0</v>
       </c>
       <c r="K37" t="n">
         <v>0.6</v>
       </c>
       <c r="L37" t="n">
         <v>10</v>
       </c>
       <c r="M37" t="n">
         <v>18.33</v>
       </c>
       <c r="N37" t="n">
         <v>107.97</v>
       </c>
       <c r="O37" t="n">
         <v>0</v>
       </c>
       <c r="P37" t="n">
         <v>0</v>
       </c>
       <c r="Q37" t="n">
         <v>400</v>
       </c>
       <c r="R37" t="n">
         <v>0</v>
       </c>
       <c r="S37" t="n">
-        <v>363.81</v>
+        <v>201.45</v>
       </c>
       <c r="T37" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 382</t>
+          <t>400 mm Concrete Pipe- 1430</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>PV45</t>
+          <t>PV25</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>PV34</t>
+          <t>PV26</t>
         </is>
       </c>
       <c r="E38" t="n">
-        <v>15.88</v>
+        <v>21.23</v>
       </c>
       <c r="F38" t="n">
-        <v>15.52</v>
+        <v>21.06</v>
       </c>
       <c r="G38" t="n">
-        <v>30.43</v>
+        <v>50</v>
       </c>
       <c r="H38" t="n">
-        <v>1.16</v>
+        <v>0.34</v>
       </c>
       <c r="I38" t="n">
         <v>0</v>
       </c>
       <c r="J38" t="n">
         <v>0</v>
       </c>
       <c r="K38" t="n">
         <v>0.6</v>
       </c>
       <c r="L38" t="n">
         <v>10</v>
       </c>
       <c r="M38" t="n">
         <v>10</v>
       </c>
       <c r="N38" t="n">
         <v>139.2</v>
       </c>
       <c r="O38" t="n">
         <v>0</v>
       </c>
       <c r="P38" t="n">
         <v>0</v>
       </c>
       <c r="Q38" t="n">
         <v>400</v>
       </c>
       <c r="R38" t="n">
         <v>0</v>
       </c>
       <c r="S38" t="n">
-        <v>224.46</v>
+        <v>121.37</v>
       </c>
       <c r="T38" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 377</t>
+          <t>400 mm Concrete Pipe- 1433</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>PV41</t>
+          <t>PV28</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>PV42</t>
+          <t>PV29</t>
         </is>
       </c>
       <c r="E39" t="n">
-        <v>18.28</v>
+        <v>19.88</v>
       </c>
       <c r="F39" t="n">
-        <v>18.5</v>
+        <v>19.95</v>
       </c>
       <c r="G39" t="n">
         <v>50</v>
       </c>
       <c r="H39" t="n">
-        <v>-0.43</v>
+        <v>-0.14</v>
       </c>
       <c r="I39" t="n">
-        <v>1.4167</v>
+        <v>0</v>
       </c>
       <c r="J39" t="n">
-        <v>1.4167</v>
+        <v>0</v>
       </c>
       <c r="K39" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L39" t="n">
         <v>10</v>
       </c>
       <c r="M39" t="n">
-        <v>10</v>
+        <v>26.67</v>
       </c>
       <c r="N39" t="n">
-        <v>139.2</v>
+        <v>89.59</v>
       </c>
       <c r="O39" t="n">
-        <v>273.91</v>
+        <v>0</v>
       </c>
       <c r="P39" t="n">
-        <v>683</v>
+        <v>0</v>
       </c>
       <c r="Q39" t="n">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="R39" t="n">
-        <v>0.54</v>
+        <v>0</v>
       </c>
       <c r="S39" t="n">
-        <v>418.18</v>
+        <v>65.86</v>
       </c>
       <c r="T39" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1002</t>
+          <t>600 mm Concrete Pipe- 1063</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>PV139</t>
+          <t>CI4</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>CI8</t>
+          <t>CI5</t>
         </is>
       </c>
       <c r="E40" t="n">
-        <v>20.88</v>
+        <v>15.86</v>
       </c>
       <c r="F40" t="n">
-        <v>20.47</v>
+        <v>15.42</v>
       </c>
       <c r="G40" t="n">
-        <v>12.53</v>
+        <v>12.68</v>
       </c>
       <c r="H40" t="n">
-        <v>3.33</v>
+        <v>3.52</v>
       </c>
       <c r="I40" t="n">
         <v>0</v>
       </c>
       <c r="J40" t="n">
         <v>0</v>
       </c>
       <c r="K40" t="n">
         <v>0.6</v>
       </c>
       <c r="L40" t="n">
         <v>10</v>
       </c>
       <c r="M40" t="n">
         <v>10</v>
       </c>
       <c r="N40" t="n">
         <v>139.2</v>
       </c>
       <c r="O40" t="n">
         <v>0</v>
       </c>
       <c r="P40" t="n">
         <v>0</v>
       </c>
       <c r="Q40" t="n">
         <v>400</v>
       </c>
       <c r="R40" t="n">
         <v>0</v>
       </c>
       <c r="S40" t="n">
-        <v>380.25</v>
+        <v>390.62</v>
       </c>
       <c r="T40" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 1066</t>
+          <t>400 mm Concrete Pipe- 1004</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>PV137</t>
+          <t>PV140</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>PV123</t>
+          <t>PV10</t>
         </is>
       </c>
       <c r="E41" t="n">
-        <v>15.66</v>
+        <v>19.89</v>
       </c>
       <c r="F41" t="n">
-        <v>15.01</v>
+        <v>19.15</v>
       </c>
       <c r="G41" t="n">
-        <v>32.59</v>
+        <v>22.14</v>
       </c>
       <c r="H41" t="n">
-        <v>1.99</v>
+        <v>3.34</v>
       </c>
       <c r="I41" t="n">
-        <v>0.6038</v>
+        <v>0</v>
       </c>
       <c r="J41" t="n">
-        <v>0.6038</v>
+        <v>0</v>
       </c>
       <c r="K41" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L41" t="n">
         <v>10</v>
       </c>
       <c r="M41" t="n">
         <v>10</v>
       </c>
       <c r="N41" t="n">
         <v>139.2</v>
       </c>
       <c r="O41" t="n">
-        <v>116.73</v>
+        <v>0</v>
       </c>
       <c r="P41" t="n">
-        <v>283</v>
+        <v>0</v>
       </c>
       <c r="Q41" t="n">
         <v>400</v>
       </c>
       <c r="R41" t="n">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="S41" t="n">
-        <v>293.84</v>
+        <v>380.88</v>
       </c>
       <c r="T41" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 1063</t>
+          <t>400 mm Concrete Pipe- 1429</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>CI4</t>
+          <t>PV24</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>CI5</t>
+          <t>PV25</t>
         </is>
       </c>
       <c r="E42" t="n">
-        <v>15.86</v>
+        <v>21.8</v>
       </c>
       <c r="F42" t="n">
-        <v>15.42</v>
+        <v>21.23</v>
       </c>
       <c r="G42" t="n">
-        <v>12.68</v>
+        <v>50</v>
       </c>
       <c r="H42" t="n">
-        <v>3.52</v>
+        <v>1.14</v>
       </c>
       <c r="I42" t="n">
         <v>0</v>
       </c>
       <c r="J42" t="n">
         <v>0</v>
       </c>
       <c r="K42" t="n">
         <v>0.6</v>
       </c>
       <c r="L42" t="n">
         <v>10</v>
       </c>
       <c r="M42" t="n">
-        <v>10</v>
+        <v>26.67</v>
       </c>
       <c r="N42" t="n">
-        <v>139.2</v>
+        <v>89.59</v>
       </c>
       <c r="O42" t="n">
         <v>0</v>
       </c>
       <c r="P42" t="n">
         <v>0</v>
       </c>
       <c r="Q42" t="n">
         <v>400</v>
       </c>
       <c r="R42" t="n">
         <v>0</v>
       </c>
       <c r="S42" t="n">
-        <v>390.62</v>
+        <v>222.39</v>
       </c>
       <c r="T42" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 1024</t>
+          <t>400 mm Concrete Pipe- 1073 (1)</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>PV18</t>
+          <t>CI11</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>PV212</t>
+          <t>PV53</t>
         </is>
       </c>
       <c r="E43" t="n">
-        <v>28</v>
+        <v>13.8</v>
       </c>
       <c r="F43" t="n">
-        <v>27.1</v>
+        <v>14.25</v>
       </c>
       <c r="G43" t="n">
-        <v>16.55</v>
+        <v>10.42</v>
       </c>
       <c r="H43" t="n">
-        <v>5.43</v>
+        <v>-4.33</v>
       </c>
       <c r="I43" t="n">
         <v>0</v>
       </c>
       <c r="J43" t="n">
         <v>0</v>
       </c>
       <c r="K43" t="n">
         <v>0.6</v>
       </c>
       <c r="L43" t="n">
         <v>10</v>
       </c>
       <c r="M43" t="n">
         <v>10</v>
       </c>
       <c r="N43" t="n">
         <v>139.2</v>
       </c>
       <c r="O43" t="n">
         <v>0</v>
       </c>
       <c r="P43" t="n">
         <v>0</v>
       </c>
       <c r="Q43" t="n">
         <v>400</v>
       </c>
       <c r="R43" t="n">
         <v>0</v>
       </c>
       <c r="S43" t="n">
-        <v>485.34</v>
+        <v>65.86</v>
       </c>
       <c r="T43" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 1028</t>
+          <t>400 mm Concrete Pipe- 1073</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>PV22</t>
+          <t>PV52</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>PV23</t>
+          <t>CI11</t>
         </is>
       </c>
       <c r="E44" t="n">
-        <v>22.87</v>
+        <v>13.8</v>
       </c>
       <c r="F44" t="n">
-        <v>22.51</v>
+        <v>13.8</v>
       </c>
       <c r="G44" t="n">
-        <v>50</v>
+        <v>36.28</v>
       </c>
       <c r="H44" t="n">
-        <v>0.72</v>
+        <v>0</v>
       </c>
       <c r="I44" t="n">
         <v>0</v>
       </c>
       <c r="J44" t="n">
         <v>0</v>
       </c>
       <c r="K44" t="n">
         <v>0.6</v>
       </c>
       <c r="L44" t="n">
         <v>10</v>
       </c>
       <c r="M44" t="n">
-        <v>14.72</v>
+        <v>15.49</v>
       </c>
       <c r="N44" t="n">
-        <v>119.22</v>
+        <v>116.6</v>
       </c>
       <c r="O44" t="n">
         <v>0</v>
       </c>
       <c r="P44" t="n">
         <v>0</v>
       </c>
       <c r="Q44" t="n">
         <v>400</v>
       </c>
       <c r="R44" t="n">
         <v>0</v>
       </c>
       <c r="S44" t="n">
-        <v>176.38</v>
+        <v>65.86</v>
       </c>
       <c r="T44" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 969</t>
+          <t>400 mm Concrete Pipe- 1078</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>PV33</t>
+          <t>CI13</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>977</t>
+          <t>PV53</t>
         </is>
       </c>
       <c r="E45" t="n">
-        <v>15.43</v>
+        <v>14.47</v>
       </c>
       <c r="F45" t="n">
-        <v>13.1</v>
+        <v>14.25</v>
       </c>
       <c r="G45" t="n">
-        <v>10.22</v>
+        <v>11.61</v>
       </c>
       <c r="H45" t="n">
-        <v>22.74</v>
+        <v>1.92</v>
       </c>
       <c r="I45" t="n">
         <v>0</v>
       </c>
       <c r="J45" t="n">
         <v>0</v>
       </c>
       <c r="K45" t="n">
         <v>0.6</v>
       </c>
       <c r="L45" t="n">
         <v>10</v>
       </c>
       <c r="M45" t="n">
         <v>10</v>
       </c>
       <c r="N45" t="n">
         <v>139.2</v>
       </c>
       <c r="O45" t="n">
         <v>0</v>
       </c>
       <c r="P45" t="n">
         <v>0</v>
       </c>
       <c r="Q45" t="n">
         <v>400</v>
       </c>
       <c r="R45" t="n">
         <v>0</v>
       </c>
       <c r="S45" t="n">
-        <v>993.1799999999999</v>
+        <v>288.65</v>
       </c>
       <c r="T45" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 1065</t>
+          <t>600 mm Concrete Pipe- 1014</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>CI5</t>
+          <t>PV145</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>PV137</t>
+          <t>PV13</t>
         </is>
       </c>
       <c r="E46" t="n">
-        <v>15.42</v>
+        <v>32.77</v>
       </c>
       <c r="F46" t="n">
-        <v>15.66</v>
+        <v>32.26</v>
       </c>
       <c r="G46" t="n">
-        <v>16.93</v>
+        <v>54.54</v>
       </c>
       <c r="H46" t="n">
-        <v>-1.42</v>
+        <v>0.95</v>
       </c>
       <c r="I46" t="n">
         <v>0</v>
       </c>
       <c r="J46" t="n">
         <v>0</v>
       </c>
       <c r="K46" t="n">
         <v>0.6</v>
       </c>
       <c r="L46" t="n">
         <v>10</v>
       </c>
       <c r="M46" t="n">
-        <v>12.25</v>
+        <v>15.91</v>
       </c>
       <c r="N46" t="n">
-        <v>128.75</v>
+        <v>115.22</v>
       </c>
       <c r="O46" t="n">
         <v>0</v>
       </c>
       <c r="P46" t="n">
         <v>0</v>
       </c>
       <c r="Q46" t="n">
         <v>400</v>
       </c>
       <c r="R46" t="n">
         <v>0</v>
       </c>
       <c r="S46" t="n">
-        <v>65.86</v>
+        <v>202.67</v>
       </c>
       <c r="T46" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 1025</t>
+          <t>800 mm Concrete Pipe- 1027 (1)</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>PV19</t>
+          <t>PV213</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>PV20</t>
+          <t>PV22</t>
         </is>
       </c>
       <c r="E47" t="n">
-        <v>26.04</v>
+        <v>23.36</v>
       </c>
       <c r="F47" t="n">
-        <v>24.52</v>
+        <v>22.87</v>
       </c>
       <c r="G47" t="n">
-        <v>50</v>
+        <v>28.33</v>
       </c>
       <c r="H47" t="n">
-        <v>3.05</v>
+        <v>1.73</v>
       </c>
       <c r="I47" t="n">
         <v>0</v>
       </c>
       <c r="J47" t="n">
         <v>0</v>
       </c>
       <c r="K47" t="n">
         <v>0.6</v>
       </c>
       <c r="L47" t="n">
         <v>10</v>
       </c>
       <c r="M47" t="n">
-        <v>18.33</v>
+        <v>30.25</v>
       </c>
       <c r="N47" t="n">
-        <v>107.97</v>
+        <v>83.76000000000001</v>
       </c>
       <c r="O47" t="n">
         <v>0</v>
       </c>
       <c r="P47" t="n">
         <v>0</v>
       </c>
       <c r="Q47" t="n">
         <v>400</v>
       </c>
       <c r="R47" t="n">
         <v>0</v>
       </c>
       <c r="S47" t="n">
-        <v>363.81</v>
+        <v>273.73</v>
       </c>
       <c r="T47" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1435</t>
+          <t>400 mm Concrete Pipe- 1436</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>PV29</t>
+          <t>PV30</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>PV30</t>
+          <t>PV31</t>
         </is>
       </c>
       <c r="E48" t="n">
-        <v>19.95</v>
+        <v>18.05</v>
       </c>
       <c r="F48" t="n">
-        <v>18.05</v>
+        <v>16.25</v>
       </c>
       <c r="G48" t="n">
         <v>50</v>
       </c>
       <c r="H48" t="n">
-        <v>3.8</v>
+        <v>3.6</v>
       </c>
       <c r="I48" t="n">
         <v>0</v>
       </c>
       <c r="J48" t="n">
         <v>0</v>
       </c>
       <c r="K48" t="n">
         <v>0.6</v>
       </c>
       <c r="L48" t="n">
         <v>10</v>
       </c>
       <c r="M48" t="n">
-        <v>18.33</v>
+        <v>10</v>
       </c>
       <c r="N48" t="n">
-        <v>107.97</v>
+        <v>139.2</v>
       </c>
       <c r="O48" t="n">
         <v>0</v>
       </c>
       <c r="P48" t="n">
         <v>0</v>
       </c>
       <c r="Q48" t="n">
         <v>400</v>
       </c>
       <c r="R48" t="n">
         <v>0</v>
       </c>
       <c r="S48" t="n">
-        <v>406.09</v>
+        <v>395.09</v>
       </c>
       <c r="T48" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 923</t>
+          <t>400 mm Concrete Pipe- 1006</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>PV40</t>
+          <t>CI7</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>PV41</t>
+          <t>CI8</t>
         </is>
       </c>
       <c r="E49" t="n">
-        <v>16.82</v>
+        <v>20.68</v>
       </c>
       <c r="F49" t="n">
-        <v>18.28</v>
+        <v>20.47</v>
       </c>
       <c r="G49" t="n">
-        <v>50</v>
+        <v>13.34</v>
       </c>
       <c r="H49" t="n">
-        <v>-2.93</v>
+        <v>1.64</v>
       </c>
       <c r="I49" t="n">
-        <v>1.3495</v>
+        <v>0</v>
       </c>
       <c r="J49" t="n">
-        <v>2.8026</v>
+        <v>0</v>
       </c>
       <c r="K49" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="L49" t="n">
         <v>10</v>
       </c>
       <c r="M49" t="n">
-        <v>10.37</v>
+        <v>10</v>
       </c>
       <c r="N49" t="n">
-        <v>137.32</v>
+        <v>139.2</v>
       </c>
       <c r="O49" t="n">
-        <v>534.58</v>
+        <v>0</v>
       </c>
       <c r="P49" t="n">
-        <v>877</v>
+        <v>0</v>
       </c>
       <c r="Q49" t="n">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="R49" t="n">
-        <v>0.68</v>
+        <v>0</v>
       </c>
       <c r="S49" t="n">
-        <v>758.22</v>
+        <v>266.45</v>
       </c>
       <c r="T49" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1428</t>
+          <t>600 mm Concrete Pipe- 1016</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>PV23</t>
+          <t>PV14</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>PV24</t>
+          <t>PV15</t>
         </is>
       </c>
       <c r="E50" t="n">
-        <v>22.51</v>
+        <v>31.63</v>
       </c>
       <c r="F50" t="n">
-        <v>21.8</v>
+        <v>30.95</v>
       </c>
       <c r="G50" t="n">
         <v>50</v>
       </c>
       <c r="H50" t="n">
-        <v>1.42</v>
+        <v>1.36</v>
       </c>
       <c r="I50" t="n">
         <v>0</v>
       </c>
       <c r="J50" t="n">
         <v>0</v>
       </c>
       <c r="K50" t="n">
         <v>0.6</v>
       </c>
       <c r="L50" t="n">
         <v>10</v>
       </c>
       <c r="M50" t="n">
-        <v>23.06</v>
+        <v>10</v>
       </c>
       <c r="N50" t="n">
-        <v>96.56</v>
+        <v>139.2</v>
       </c>
       <c r="O50" t="n">
         <v>0</v>
       </c>
       <c r="P50" t="n">
         <v>0</v>
       </c>
       <c r="Q50" t="n">
         <v>400</v>
       </c>
       <c r="R50" t="n">
         <v>0</v>
       </c>
       <c r="S50" t="n">
-        <v>247.86</v>
+        <v>242.79</v>
       </c>
       <c r="T50" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 921</t>
+          <t>600 mm Concrete Pipe- 923</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>PV128</t>
+          <t>PV40</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>PV39</t>
+          <t>PV41</t>
         </is>
       </c>
       <c r="E51" t="n">
-        <v>18.62</v>
+        <v>16.82</v>
       </c>
       <c r="F51" t="n">
-        <v>17.8</v>
+        <v>18.28</v>
       </c>
       <c r="G51" t="n">
-        <v>42.65</v>
+        <v>50</v>
       </c>
       <c r="H51" t="n">
-        <v>1.91</v>
+        <v>-2.93</v>
       </c>
       <c r="I51" t="n">
-        <v>0</v>
+        <v>1.3495</v>
       </c>
       <c r="J51" t="n">
-        <v>0</v>
+        <v>2.8026</v>
       </c>
       <c r="K51" t="n">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="L51" t="n">
         <v>10</v>
       </c>
       <c r="M51" t="n">
-        <v>10</v>
+        <v>10.37</v>
       </c>
       <c r="N51" t="n">
-        <v>139.2</v>
+        <v>137.32</v>
       </c>
       <c r="O51" t="n">
-        <v>0</v>
+        <v>534.58</v>
       </c>
       <c r="P51" t="n">
-        <v>0</v>
+        <v>877</v>
       </c>
       <c r="Q51" t="n">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="R51" t="n">
-        <v>0</v>
+        <v>0.68</v>
       </c>
       <c r="S51" t="n">
-        <v>288.02</v>
+        <v>758.22</v>
       </c>
       <c r="T51" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1005</t>
+          <t>400 mm Concrete Pipe- 1074 (1)</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>CI6</t>
+          <t>CI14</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>CI8</t>
+          <t>PV134</t>
         </is>
       </c>
       <c r="E52" t="n">
-        <v>20.26</v>
+        <v>15.15</v>
       </c>
       <c r="F52" t="n">
-        <v>20.47</v>
+        <v>16.79</v>
       </c>
       <c r="G52" t="n">
-        <v>12.8</v>
+        <v>37.16</v>
       </c>
       <c r="H52" t="n">
-        <v>-1.64</v>
+        <v>-4.41</v>
       </c>
       <c r="I52" t="n">
         <v>0</v>
       </c>
       <c r="J52" t="n">
         <v>0</v>
       </c>
       <c r="K52" t="n">
         <v>0.6</v>
       </c>
       <c r="L52" t="n">
         <v>10</v>
       </c>
       <c r="M52" t="n">
-        <v>10</v>
+        <v>13.31</v>
       </c>
       <c r="N52" t="n">
-        <v>139.2</v>
+        <v>124.43</v>
       </c>
       <c r="O52" t="n">
         <v>0</v>
       </c>
       <c r="P52" t="n">
         <v>0</v>
       </c>
       <c r="Q52" t="n">
         <v>400</v>
       </c>
       <c r="R52" t="n">
         <v>0</v>
       </c>
       <c r="S52" t="n">
         <v>65.86</v>
       </c>
       <c r="T52" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1073 (1)</t>
+          <t>400 mm Concrete Pipe- 1435</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>CI11</t>
+          <t>PV29</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>PV53</t>
+          <t>PV30</t>
         </is>
       </c>
       <c r="E53" t="n">
-        <v>13.8</v>
+        <v>19.95</v>
       </c>
       <c r="F53" t="n">
-        <v>14.25</v>
+        <v>18.05</v>
       </c>
       <c r="G53" t="n">
-        <v>10.42</v>
+        <v>50</v>
       </c>
       <c r="H53" t="n">
-        <v>-4.33</v>
+        <v>3.8</v>
       </c>
       <c r="I53" t="n">
         <v>0</v>
       </c>
       <c r="J53" t="n">
         <v>0</v>
       </c>
       <c r="K53" t="n">
         <v>0.6</v>
       </c>
       <c r="L53" t="n">
         <v>10</v>
       </c>
       <c r="M53" t="n">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="N53" t="n">
-        <v>139.2</v>
+        <v>77.31</v>
       </c>
       <c r="O53" t="n">
         <v>0</v>
       </c>
       <c r="P53" t="n">
         <v>0</v>
       </c>
       <c r="Q53" t="n">
         <v>400</v>
       </c>
       <c r="R53" t="n">
         <v>0</v>
       </c>
       <c r="S53" t="n">
-        <v>65.86</v>
+        <v>406.09</v>
       </c>
       <c r="T53" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 1015</t>
+          <t>1.500 mm Concrete Pipe- 363</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>PV13</t>
+          <t>PV32</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>PV14</t>
+          <t>PV33</t>
         </is>
       </c>
       <c r="E54" t="n">
-        <v>32.26</v>
+        <v>15.65</v>
       </c>
       <c r="F54" t="n">
-        <v>31.63</v>
+        <v>15.43</v>
       </c>
       <c r="G54" t="n">
-        <v>50</v>
+        <v>27.89</v>
       </c>
       <c r="H54" t="n">
-        <v>1.26</v>
+        <v>0.79</v>
       </c>
       <c r="I54" t="n">
         <v>0</v>
       </c>
       <c r="J54" t="n">
         <v>0</v>
       </c>
       <c r="K54" t="n">
         <v>0.6</v>
       </c>
       <c r="L54" t="n">
         <v>10</v>
       </c>
       <c r="M54" t="n">
-        <v>19.09</v>
+        <v>18.33</v>
       </c>
       <c r="N54" t="n">
-        <v>105.92</v>
+        <v>107.97</v>
       </c>
       <c r="O54" t="n">
         <v>0</v>
       </c>
       <c r="P54" t="n">
         <v>0</v>
       </c>
       <c r="Q54" t="n">
         <v>400</v>
       </c>
       <c r="R54" t="n">
         <v>0</v>
       </c>
       <c r="S54" t="n">
-        <v>233.37</v>
+        <v>185.62</v>
       </c>
       <c r="T54" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 1067</t>
+          <t>600 mm Concrete Pipe- 921</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>CI3</t>
+          <t>PV128</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>CI5</t>
+          <t>PV39</t>
         </is>
       </c>
       <c r="E55" t="n">
-        <v>15.03</v>
+        <v>18.62</v>
       </c>
       <c r="F55" t="n">
-        <v>15.42</v>
+        <v>17.8</v>
       </c>
       <c r="G55" t="n">
-        <v>13.19</v>
+        <v>42.65</v>
       </c>
       <c r="H55" t="n">
-        <v>-2.92</v>
+        <v>1.91</v>
       </c>
       <c r="I55" t="n">
         <v>0</v>
       </c>
       <c r="J55" t="n">
         <v>0</v>
       </c>
       <c r="K55" t="n">
         <v>0.6</v>
       </c>
       <c r="L55" t="n">
         <v>10</v>
       </c>
       <c r="M55" t="n">
         <v>10</v>
       </c>
       <c r="N55" t="n">
         <v>139.2</v>
       </c>
       <c r="O55" t="n">
         <v>0</v>
       </c>
       <c r="P55" t="n">
         <v>0</v>
       </c>
       <c r="Q55" t="n">
         <v>400</v>
       </c>
       <c r="R55" t="n">
         <v>0</v>
       </c>
       <c r="S55" t="n">
-        <v>65.86</v>
+        <v>288.02</v>
       </c>
       <c r="T55" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 372</t>
+          <t>800 mm Concrete Pipe- 948 (1)</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>PV36</t>
+          <t>CI15</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>PV37</t>
+          <t>PV134</t>
         </is>
       </c>
       <c r="E56" t="n">
-        <v>20.1</v>
+        <v>16.8</v>
       </c>
       <c r="F56" t="n">
-        <v>19.66</v>
+        <v>16.79</v>
       </c>
       <c r="G56" t="n">
-        <v>29.01</v>
+        <v>26.58</v>
       </c>
       <c r="H56" t="n">
-        <v>1.51</v>
+        <v>0.03</v>
       </c>
       <c r="I56" t="n">
         <v>0</v>
       </c>
       <c r="J56" t="n">
         <v>0</v>
       </c>
       <c r="K56" t="n">
         <v>0.6</v>
       </c>
       <c r="L56" t="n">
         <v>10</v>
       </c>
       <c r="M56" t="n">
         <v>10</v>
       </c>
       <c r="N56" t="n">
         <v>139.2</v>
       </c>
       <c r="O56" t="n">
         <v>0</v>
       </c>
       <c r="P56" t="n">
         <v>0</v>
       </c>
       <c r="Q56" t="n">
         <v>400</v>
       </c>
       <c r="R56" t="n">
         <v>0</v>
       </c>
       <c r="S56" t="n">
-        <v>255.82</v>
+        <v>65.86</v>
       </c>
       <c r="T56" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1097</t>
+          <t>800 mm Concrete Pipe- 1024 (1)</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>CI19</t>
+          <t>PV212</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>PV152</t>
+          <t>PV19</t>
         </is>
       </c>
       <c r="E57" t="n">
-        <v>16.06</v>
+        <v>27.1</v>
       </c>
       <c r="F57" t="n">
-        <v>15.99</v>
+        <v>26.04</v>
       </c>
       <c r="G57" t="n">
-        <v>13.37</v>
+        <v>33.45</v>
       </c>
       <c r="H57" t="n">
-        <v>0.51</v>
+        <v>3.16</v>
       </c>
       <c r="I57" t="n">
         <v>0</v>
       </c>
       <c r="J57" t="n">
         <v>0</v>
       </c>
       <c r="K57" t="n">
         <v>0.6</v>
       </c>
       <c r="L57" t="n">
         <v>10</v>
       </c>
       <c r="M57" t="n">
-        <v>10</v>
+        <v>12.76</v>
       </c>
       <c r="N57" t="n">
-        <v>139.2</v>
+        <v>126.64</v>
       </c>
       <c r="O57" t="n">
         <v>0</v>
       </c>
       <c r="P57" t="n">
         <v>0</v>
       </c>
       <c r="Q57" t="n">
         <v>400</v>
       </c>
       <c r="R57" t="n">
         <v>0</v>
       </c>
       <c r="S57" t="n">
-        <v>148.97</v>
+        <v>370.49</v>
       </c>
       <c r="T57" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>1.000 mm Concrete Pipe- 381</t>
+          <t>400 mm Concrete Pipe- 1012</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>PV44</t>
+          <t>PV143</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>PV45</t>
+          <t>PV144</t>
         </is>
       </c>
       <c r="E58" t="n">
-        <v>15.85</v>
+        <v>32.6</v>
       </c>
       <c r="F58" t="n">
-        <v>15.88</v>
+        <v>32.54</v>
       </c>
       <c r="G58" t="n">
-        <v>34.45</v>
+        <v>30.24</v>
       </c>
       <c r="H58" t="n">
-        <v>-0.08</v>
+        <v>0.21</v>
       </c>
       <c r="I58" t="n">
-        <v>0</v>
+        <v>1.5054</v>
       </c>
       <c r="J58" t="n">
-        <v>0</v>
+        <v>1.5054</v>
       </c>
       <c r="K58" t="n">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="L58" t="n">
         <v>10</v>
       </c>
       <c r="M58" t="n">
         <v>10</v>
       </c>
       <c r="N58" t="n">
         <v>139.2</v>
       </c>
       <c r="O58" t="n">
-        <v>0</v>
+        <v>291.05</v>
       </c>
       <c r="P58" t="n">
-        <v>0</v>
+        <v>607</v>
       </c>
       <c r="Q58" t="n">
-        <v>400</v>
+        <v>800</v>
       </c>
       <c r="R58" t="n">
-        <v>0</v>
+        <v>0.58</v>
       </c>
       <c r="S58" t="n">
-        <v>65.86</v>
+        <v>607.46</v>
       </c>
       <c r="T58" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 1026</t>
+          <t>600 mm Concrete Pipe- 1015</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>PV20</t>
+          <t>PV13</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>PV21</t>
+          <t>PV14</t>
         </is>
       </c>
       <c r="E59" t="n">
-        <v>24.52</v>
+        <v>32.26</v>
       </c>
       <c r="F59" t="n">
-        <v>23.72</v>
+        <v>31.63</v>
       </c>
       <c r="G59" t="n">
         <v>50</v>
       </c>
       <c r="H59" t="n">
-        <v>1.6</v>
+        <v>1.26</v>
       </c>
       <c r="I59" t="n">
         <v>0</v>
       </c>
       <c r="J59" t="n">
         <v>0</v>
       </c>
       <c r="K59" t="n">
         <v>0.6</v>
       </c>
       <c r="L59" t="n">
         <v>10</v>
       </c>
       <c r="M59" t="n">
-        <v>26.67</v>
+        <v>25</v>
       </c>
       <c r="N59" t="n">
-        <v>89.59</v>
+        <v>92.65000000000001</v>
       </c>
       <c r="O59" t="n">
         <v>0</v>
       </c>
       <c r="P59" t="n">
         <v>0</v>
       </c>
       <c r="Q59" t="n">
         <v>400</v>
       </c>
       <c r="R59" t="n">
         <v>0</v>
       </c>
       <c r="S59" t="n">
-        <v>263.75</v>
+        <v>233.37</v>
       </c>
       <c r="T59" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>1.500 mm Concrete Pipe- 363</t>
+          <t>800 mm Concrete Pipe- 1025</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>PV32</t>
+          <t>PV19</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>PV33</t>
+          <t>PV20</t>
         </is>
       </c>
       <c r="E60" t="n">
-        <v>15.65</v>
+        <v>26.04</v>
       </c>
       <c r="F60" t="n">
-        <v>15.43</v>
+        <v>24.52</v>
       </c>
       <c r="G60" t="n">
-        <v>27.89</v>
+        <v>50</v>
       </c>
       <c r="H60" t="n">
-        <v>0.79</v>
+        <v>3.05</v>
       </c>
       <c r="I60" t="n">
         <v>0</v>
       </c>
       <c r="J60" t="n">
         <v>0</v>
       </c>
       <c r="K60" t="n">
         <v>0.6</v>
       </c>
       <c r="L60" t="n">
         <v>10</v>
       </c>
       <c r="M60" t="n">
-        <v>10</v>
+        <v>18.33</v>
       </c>
       <c r="N60" t="n">
-        <v>139.2</v>
+        <v>107.97</v>
       </c>
       <c r="O60" t="n">
         <v>0</v>
       </c>
       <c r="P60" t="n">
         <v>0</v>
       </c>
       <c r="Q60" t="n">
         <v>400</v>
       </c>
       <c r="R60" t="n">
         <v>0</v>
       </c>
       <c r="S60" t="n">
-        <v>185.62</v>
+        <v>363.81</v>
       </c>
       <c r="T60" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 1027</t>
+          <t>600 mm Concrete Pipe- 1066</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>PV21</t>
+          <t>PV137</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>PV213</t>
+          <t>PV123</t>
         </is>
       </c>
       <c r="E61" t="n">
-        <v>23.72</v>
+        <v>15.66</v>
       </c>
       <c r="F61" t="n">
-        <v>23.36</v>
+        <v>15.01</v>
       </c>
       <c r="G61" t="n">
-        <v>21.52</v>
+        <v>32.59</v>
       </c>
       <c r="H61" t="n">
-        <v>1.66</v>
+        <v>1.99</v>
       </c>
       <c r="I61" t="n">
-        <v>0</v>
+        <v>0.6038</v>
       </c>
       <c r="J61" t="n">
-        <v>0</v>
+        <v>0.6038</v>
       </c>
       <c r="K61" t="n">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="L61" t="n">
         <v>10</v>
       </c>
       <c r="M61" t="n">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="N61" t="n">
-        <v>77.31</v>
+        <v>139.2</v>
       </c>
       <c r="O61" t="n">
-        <v>0</v>
+        <v>116.73</v>
       </c>
       <c r="P61" t="n">
-        <v>0</v>
+        <v>283</v>
       </c>
       <c r="Q61" t="n">
         <v>400</v>
       </c>
       <c r="R61" t="n">
-        <v>0</v>
+        <v>0.93</v>
       </c>
       <c r="S61" t="n">
-        <v>268.56</v>
+        <v>293.84</v>
       </c>
       <c r="T61" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1073</t>
+          <t>600 mm Concrete Pipe- 1065</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>PV52</t>
+          <t>CI5</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>CI11</t>
+          <t>PV137</t>
         </is>
       </c>
       <c r="E62" t="n">
-        <v>13.8</v>
+        <v>15.42</v>
       </c>
       <c r="F62" t="n">
-        <v>13.8</v>
+        <v>15.66</v>
       </c>
       <c r="G62" t="n">
-        <v>36.28</v>
+        <v>16.93</v>
       </c>
       <c r="H62" t="n">
-        <v>0</v>
+        <v>-1.42</v>
       </c>
       <c r="I62" t="n">
         <v>0</v>
       </c>
       <c r="J62" t="n">
         <v>0</v>
       </c>
       <c r="K62" t="n">
         <v>0.6</v>
       </c>
       <c r="L62" t="n">
         <v>10</v>
       </c>
       <c r="M62" t="n">
-        <v>15.49</v>
+        <v>12.11</v>
       </c>
       <c r="N62" t="n">
-        <v>116.6</v>
+        <v>129.32</v>
       </c>
       <c r="O62" t="n">
         <v>0</v>
       </c>
       <c r="P62" t="n">
         <v>0</v>
       </c>
       <c r="Q62" t="n">
         <v>400</v>
       </c>
       <c r="R62" t="n">
         <v>0</v>
       </c>
       <c r="S62" t="n">
         <v>65.86</v>
       </c>
       <c r="T62" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 336</t>
+          <t>600 mm Concrete Pipe- 1064</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>PV10</t>
+          <t>PV138</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>PV11</t>
+          <t>CI5</t>
         </is>
       </c>
       <c r="E63" t="n">
-        <v>19.15</v>
+        <v>15.52</v>
       </c>
       <c r="F63" t="n">
-        <v>18.13</v>
+        <v>15.42</v>
       </c>
       <c r="G63" t="n">
-        <v>30.14</v>
+        <v>13.5</v>
       </c>
       <c r="H63" t="n">
-        <v>3.4</v>
+        <v>0.75</v>
       </c>
       <c r="I63" t="n">
         <v>0</v>
       </c>
       <c r="J63" t="n">
         <v>0</v>
       </c>
       <c r="K63" t="n">
         <v>0.6</v>
       </c>
       <c r="L63" t="n">
         <v>10</v>
       </c>
       <c r="M63" t="n">
-        <v>13.69</v>
+        <v>10</v>
       </c>
       <c r="N63" t="n">
-        <v>122.99</v>
+        <v>139.2</v>
       </c>
       <c r="O63" t="n">
         <v>0</v>
       </c>
       <c r="P63" t="n">
         <v>0</v>
       </c>
       <c r="Q63" t="n">
         <v>400</v>
       </c>
       <c r="R63" t="n">
         <v>0</v>
       </c>
       <c r="S63" t="n">
-        <v>384.06</v>
+        <v>180.69</v>
       </c>
       <c r="T63" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1429</t>
+          <t>800 mm Concrete Pipe- 990</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>PV24</t>
+          <t>PV152</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>PV25</t>
+          <t>PV43</t>
         </is>
       </c>
       <c r="E64" t="n">
-        <v>21.8</v>
+        <v>15.99</v>
       </c>
       <c r="F64" t="n">
-        <v>21.23</v>
+        <v>16.13</v>
       </c>
       <c r="G64" t="n">
-        <v>50</v>
+        <v>14.53</v>
       </c>
       <c r="H64" t="n">
-        <v>1.14</v>
+        <v>-0.98</v>
       </c>
       <c r="I64" t="n">
-        <v>0</v>
+        <v>0.8554</v>
       </c>
       <c r="J64" t="n">
-        <v>0</v>
+        <v>0.8554</v>
       </c>
       <c r="K64" t="n">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="L64" t="n">
         <v>10</v>
       </c>
       <c r="M64" t="n">
-        <v>31.39</v>
+        <v>10</v>
       </c>
       <c r="N64" t="n">
-        <v>82.09999999999999</v>
+        <v>139.2</v>
       </c>
       <c r="O64" t="n">
-        <v>0</v>
+        <v>165.38</v>
       </c>
       <c r="P64" t="n">
-        <v>0</v>
+        <v>565</v>
       </c>
       <c r="Q64" t="n">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="R64" t="n">
-        <v>0</v>
+        <v>0.58</v>
       </c>
       <c r="S64" t="n">
-        <v>222.39</v>
+        <v>194.18</v>
       </c>
       <c r="T64" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1437</t>
+          <t>800 mm Concrete Pipe- 967</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>PV31</t>
+          <t>TRECHO1 (3)</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>PV32</t>
+          <t>PV135</t>
         </is>
       </c>
       <c r="E65" t="n">
-        <v>16.25</v>
+        <v>17.83</v>
       </c>
       <c r="F65" t="n">
-        <v>15.65</v>
+        <v>17.65</v>
       </c>
       <c r="G65" t="n">
-        <v>50</v>
+        <v>14.61</v>
       </c>
       <c r="H65" t="n">
-        <v>1.2</v>
+        <v>1.22</v>
       </c>
       <c r="I65" t="n">
         <v>0</v>
       </c>
       <c r="J65" t="n">
         <v>0</v>
       </c>
       <c r="K65" t="n">
         <v>0.6</v>
       </c>
       <c r="L65" t="n">
         <v>10</v>
       </c>
       <c r="M65" t="n">
-        <v>18.33</v>
+        <v>18.92</v>
       </c>
       <c r="N65" t="n">
-        <v>107.97</v>
+        <v>106.38</v>
       </c>
       <c r="O65" t="n">
         <v>0</v>
       </c>
       <c r="P65" t="n">
         <v>0</v>
       </c>
       <c r="Q65" t="n">
         <v>400</v>
       </c>
       <c r="R65" t="n">
         <v>0</v>
       </c>
       <c r="S65" t="n">
-        <v>228.35</v>
+        <v>229.97</v>
       </c>
       <c r="T65" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 337</t>
+          <t>600 mm Concrete Pipe- 1067</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>PV11</t>
+          <t>CI3</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>TRECHO1 (3)</t>
+          <t>CI5</t>
         </is>
       </c>
       <c r="E66" t="n">
-        <v>18.13</v>
+        <v>15.03</v>
       </c>
       <c r="F66" t="n">
-        <v>17.83</v>
+        <v>15.42</v>
       </c>
       <c r="G66" t="n">
-        <v>23.36</v>
+        <v>13.19</v>
       </c>
       <c r="H66" t="n">
-        <v>1.28</v>
+        <v>-2.92</v>
       </c>
       <c r="I66" t="n">
         <v>0</v>
       </c>
       <c r="J66" t="n">
         <v>0</v>
       </c>
       <c r="K66" t="n">
         <v>0.6</v>
       </c>
       <c r="L66" t="n">
         <v>10</v>
       </c>
       <c r="M66" t="n">
-        <v>18.71</v>
+        <v>10</v>
       </c>
       <c r="N66" t="n">
-        <v>106.93</v>
+        <v>139.2</v>
       </c>
       <c r="O66" t="n">
         <v>0</v>
       </c>
       <c r="P66" t="n">
         <v>0</v>
       </c>
       <c r="Q66" t="n">
         <v>400</v>
       </c>
       <c r="R66" t="n">
         <v>0</v>
       </c>
       <c r="S66" t="n">
-        <v>236.02</v>
+        <v>65.86</v>
       </c>
       <c r="T66" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1074 (1)</t>
+          <t>400 mm Concrete Pipe- 1097</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>CI14</t>
+          <t>CI19</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>PV134</t>
+          <t>PV152</t>
         </is>
       </c>
       <c r="E67" t="n">
-        <v>15.15</v>
+        <v>16.06</v>
       </c>
       <c r="F67" t="n">
-        <v>16.79</v>
+        <v>15.99</v>
       </c>
       <c r="G67" t="n">
-        <v>37.16</v>
+        <v>13.37</v>
       </c>
       <c r="H67" t="n">
-        <v>-4.41</v>
+        <v>0.51</v>
       </c>
       <c r="I67" t="n">
         <v>0</v>
       </c>
       <c r="J67" t="n">
         <v>0</v>
       </c>
       <c r="K67" t="n">
         <v>0.6</v>
       </c>
       <c r="L67" t="n">
         <v>10</v>
       </c>
       <c r="M67" t="n">
-        <v>13.31</v>
+        <v>10</v>
       </c>
       <c r="N67" t="n">
-        <v>124.43</v>
+        <v>139.2</v>
       </c>
       <c r="O67" t="n">
         <v>0</v>
       </c>
       <c r="P67" t="n">
         <v>0</v>
       </c>
       <c r="Q67" t="n">
         <v>400</v>
       </c>
       <c r="R67" t="n">
         <v>0</v>
       </c>
       <c r="S67" t="n">
-        <v>65.86</v>
+        <v>148.97</v>
       </c>
       <c r="T67" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>400 mm Concrete Pipe- 1078</t>
+          <t>400 mm Concrete Pipe- 1077</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>CI13</t>
+          <t>CI12</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>PV53</t>
         </is>
       </c>
       <c r="E68" t="n">
-        <v>14.47</v>
+        <v>14.04</v>
       </c>
       <c r="F68" t="n">
         <v>14.25</v>
       </c>
       <c r="G68" t="n">
-        <v>11.61</v>
+        <v>11.08</v>
       </c>
       <c r="H68" t="n">
-        <v>1.92</v>
+        <v>-1.88</v>
       </c>
       <c r="I68" t="n">
         <v>0</v>
       </c>
       <c r="J68" t="n">
         <v>0</v>
       </c>
       <c r="K68" t="n">
         <v>0.6</v>
       </c>
       <c r="L68" t="n">
         <v>10</v>
       </c>
       <c r="M68" t="n">
         <v>10</v>
       </c>
       <c r="N68" t="n">
         <v>139.2</v>
       </c>
       <c r="O68" t="n">
         <v>0</v>
       </c>
       <c r="P68" t="n">
         <v>0</v>
       </c>
       <c r="Q68" t="n">
         <v>400</v>
       </c>
       <c r="R68" t="n">
         <v>0</v>
       </c>
       <c r="S68" t="n">
-        <v>288.65</v>
+        <v>65.86</v>
       </c>
       <c r="T68" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 371</t>
+          <t>400 mm Concrete Pipe- 1002</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>TRECHO 3</t>
+          <t>PV139</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>PV36</t>
+          <t>CI8</t>
         </is>
       </c>
       <c r="E69" t="n">
-        <v>20.97</v>
+        <v>20.88</v>
       </c>
       <c r="F69" t="n">
-        <v>20.1</v>
+        <v>20.47</v>
       </c>
       <c r="G69" t="n">
-        <v>30</v>
+        <v>12.53</v>
       </c>
       <c r="H69" t="n">
-        <v>2.92</v>
+        <v>3.33</v>
       </c>
       <c r="I69" t="n">
         <v>0</v>
       </c>
       <c r="J69" t="n">
         <v>0</v>
       </c>
       <c r="K69" t="n">
         <v>0.6</v>
       </c>
       <c r="L69" t="n">
         <v>10</v>
       </c>
       <c r="M69" t="n">
         <v>10</v>
       </c>
       <c r="N69" t="n">
         <v>139.2</v>
       </c>
       <c r="O69" t="n">
         <v>0</v>
       </c>
       <c r="P69" t="n">
         <v>0</v>
       </c>
       <c r="Q69" t="n">
         <v>400</v>
       </c>
       <c r="R69" t="n">
         <v>0</v>
       </c>
       <c r="S69" t="n">
-        <v>355.78</v>
+        <v>380.25</v>
       </c>
       <c r="T69" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>800 mm Concrete Pipe- 966</t>
+          <t>800 mm Concrete Pipe- 1024 (1)</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>PV117</t>
+          <t>PV212</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>PV119</t>
+          <t>PV19</t>
         </is>
       </c>
       <c r="E70" t="n">
-        <v>17.93</v>
+        <v>27.1</v>
       </c>
       <c r="F70" t="n">
-        <v>17.64</v>
+        <v>26.04</v>
       </c>
       <c r="G70" t="n">
-        <v>30.88</v>
+        <v>33.45</v>
       </c>
       <c r="H70" t="n">
-        <v>0.9399999999999999</v>
+        <v>3.16</v>
       </c>
       <c r="I70" t="n">
         <v>0</v>
       </c>
       <c r="J70" t="n">
         <v>0</v>
       </c>
       <c r="K70" t="n">
         <v>0.6</v>
       </c>
       <c r="L70" t="n">
         <v>10</v>
       </c>
       <c r="M70" t="n">
-        <v>20</v>
+        <v>12.76</v>
       </c>
       <c r="N70" t="n">
-        <v>103.59</v>
+        <v>126.64</v>
       </c>
       <c r="O70" t="n">
         <v>0</v>
       </c>
       <c r="P70" t="n">
         <v>0</v>
       </c>
       <c r="Q70" t="n">
         <v>400</v>
       </c>
       <c r="R70" t="n">
         <v>0</v>
       </c>
       <c r="S70" t="n">
-        <v>201.73</v>
+        <v>370.49</v>
       </c>
       <c r="T70" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 1016</t>
+          <t>1.500 mm Concrete Pipe- 329</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>PV14</t>
+          <t>PV5</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>PV15</t>
+          <t>PV6</t>
         </is>
       </c>
       <c r="E71" t="n">
-        <v>31.63</v>
+        <v>20</v>
       </c>
       <c r="F71" t="n">
-        <v>30.95</v>
+        <v>19.58</v>
       </c>
       <c r="G71" t="n">
-        <v>50</v>
+        <v>48.73</v>
       </c>
       <c r="H71" t="n">
-        <v>1.36</v>
+        <v>0.85</v>
       </c>
       <c r="I71" t="n">
         <v>0</v>
       </c>
       <c r="J71" t="n">
         <v>0</v>
       </c>
       <c r="K71" t="n">
         <v>0.6</v>
       </c>
       <c r="L71" t="n">
         <v>10</v>
       </c>
       <c r="M71" t="n">
-        <v>27.42</v>
+        <v>18.33</v>
       </c>
       <c r="N71" t="n">
-        <v>88.28</v>
+        <v>107.97</v>
       </c>
       <c r="O71" t="n">
         <v>0</v>
       </c>
       <c r="P71" t="n">
         <v>0</v>
       </c>
       <c r="Q71" t="n">
         <v>400</v>
       </c>
       <c r="R71" t="n">
         <v>0</v>
       </c>
       <c r="S71" t="n">
-        <v>242.79</v>
+        <v>191.95</v>
       </c>
       <c r="T71" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 1013</t>
+          <t>1.500 mm Concrete Pipe- 331</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>PV144</t>
+          <t>PV7</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>PV145</t>
+          <t>PV8</t>
         </is>
       </c>
       <c r="E72" t="n">
-        <v>32.54</v>
+        <v>18.55</v>
       </c>
       <c r="F72" t="n">
-        <v>32.77</v>
+        <v>18.8</v>
       </c>
       <c r="G72" t="n">
-        <v>35.46</v>
+        <v>23.61</v>
       </c>
       <c r="H72" t="n">
-        <v>-0.65</v>
+        <v>-1.05</v>
       </c>
       <c r="I72" t="n">
         <v>0</v>
       </c>
       <c r="J72" t="n">
-        <v>1.5054</v>
+        <v>0</v>
       </c>
       <c r="K72" t="n">
         <v>0.6</v>
       </c>
       <c r="L72" t="n">
         <v>10</v>
       </c>
       <c r="M72" t="n">
-        <v>10.87</v>
+        <v>18.33</v>
       </c>
       <c r="N72" t="n">
-        <v>134.92</v>
+        <v>107.97</v>
       </c>
       <c r="O72" t="n">
-        <v>338.53</v>
+        <v>0</v>
       </c>
       <c r="P72" t="n">
-        <v>739</v>
+        <v>0</v>
       </c>
       <c r="Q72" t="n">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="R72" t="n">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="S72" t="n">
-        <v>418.18</v>
+        <v>65.86</v>
       </c>
       <c r="T72" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>800 mm Concrete Pipe- 1024 (1)</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>PV212</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
@@ -5822,184 +5822,184 @@
       </c>
       <c r="O73" t="n">
         <v>0</v>
       </c>
       <c r="P73" t="n">
         <v>0</v>
       </c>
       <c r="Q73" t="n">
         <v>400</v>
       </c>
       <c r="R73" t="n">
         <v>0</v>
       </c>
       <c r="S73" t="n">
         <v>370.49</v>
       </c>
       <c r="T73" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>600 mm Concrete Pipe- 373</t>
+          <t>600 mm Concrete Pipe- 377</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>PV37</t>
+          <t>PV41</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>PV38</t>
+          <t>PV42</t>
         </is>
       </c>
       <c r="E74" t="n">
-        <v>19.66</v>
+        <v>18.28</v>
       </c>
       <c r="F74" t="n">
-        <v>18.8</v>
+        <v>18.5</v>
       </c>
       <c r="G74" t="n">
-        <v>23.59</v>
+        <v>50</v>
       </c>
       <c r="H74" t="n">
-        <v>3.65</v>
+        <v>-0.43</v>
       </c>
       <c r="I74" t="n">
-        <v>0</v>
+        <v>1.4167</v>
       </c>
       <c r="J74" t="n">
-        <v>0</v>
+        <v>4.2193</v>
       </c>
       <c r="K74" t="n">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="L74" t="n">
         <v>10</v>
       </c>
       <c r="M74" t="n">
-        <v>14.83</v>
+        <v>11.6</v>
       </c>
       <c r="N74" t="n">
-        <v>118.83</v>
+        <v>131.58</v>
       </c>
       <c r="O74" t="n">
-        <v>0</v>
+        <v>771.14</v>
       </c>
       <c r="P74" t="n">
-        <v>0</v>
+        <v>1006</v>
       </c>
       <c r="Q74" t="n">
-        <v>400</v>
+        <v>1200</v>
       </c>
       <c r="R74" t="n">
-        <v>0</v>
+        <v>0.68</v>
       </c>
       <c r="S74" t="n">
-        <v>397.86</v>
+        <v>1232.94</v>
       </c>
       <c r="T74" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>1.500 mm Concrete Pipe- 328</t>
+          <t>400 mm Concrete Pipe- 1003</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>TRECHO1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>PV4</t>
+          <t>CI8</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>PV5</t>
+          <t>PV140</t>
         </is>
       </c>
       <c r="E75" t="n">
-        <v>19.8</v>
+        <v>20.47</v>
       </c>
       <c r="F75" t="n">
-        <v>20</v>
+        <v>19.89</v>
       </c>
       <c r="G75" t="n">
-        <v>50</v>
+        <v>17.25</v>
       </c>
       <c r="H75" t="n">
-        <v>-0.4</v>
+        <v>3.33</v>
       </c>
       <c r="I75" t="n">
         <v>0</v>
       </c>
       <c r="J75" t="n">
         <v>0</v>
       </c>
       <c r="K75" t="n">
         <v>0.6</v>
       </c>
       <c r="L75" t="n">
         <v>10</v>
       </c>
       <c r="M75" t="n">
-        <v>10</v>
+        <v>12.22</v>
       </c>
       <c r="N75" t="n">
-        <v>139.2</v>
+        <v>128.86</v>
       </c>
       <c r="O75" t="n">
         <v>0</v>
       </c>
       <c r="P75" t="n">
         <v>0</v>
       </c>
       <c r="Q75" t="n">
         <v>400</v>
       </c>
       <c r="R75" t="n">
         <v>0</v>
       </c>
       <c r="S75" t="n">
-        <v>65.86</v>
+        <v>379.81</v>
       </c>
       <c r="T75" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>